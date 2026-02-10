--- v0 (2025-12-14)
+++ v1 (2026-02-10)
@@ -11,78 +11,78 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bierbauda\AppData\Roaming\OpenText\OTEdit\EC_eoffice\c474225827\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B5A9145E-97EB-4986-9756-DDD24EA9318D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D2A5C6DD-FB1E-4D5E-9317-37EE45C097E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Übersicht 2025" sheetId="12" r:id="rId1"/>
-    <sheet name="COVID-19-Krisenbewältigungsf." sheetId="11" r:id="rId2"/>
+    <sheet name="COVID-19 Übersicht" sheetId="16" r:id="rId1"/>
+    <sheet name="Krisenbewältigungsf." sheetId="15" r:id="rId2"/>
     <sheet name="COFAG-Zuschüsse" sheetId="3" r:id="rId3"/>
     <sheet name="COFAG-NoAG" sheetId="6" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="_bmv" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_bmv" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="_bmv" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_bmv" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="3" hidden="1">[1]ÖBB_GESAMT!#REF!</definedName>
     <definedName name="_Fill" localSheetId="2" hidden="1">[1]ÖBB_GESAMT!#REF!</definedName>
     <definedName name="_Fill" localSheetId="0" hidden="1">[1]ÖBB_GESAMT!#REF!</definedName>
     <definedName name="_Fill" hidden="1">[1]ÖBB_GESAMT!#REF!</definedName>
     <definedName name="_Fill2" localSheetId="3" hidden="1">[1]ÖBB_GESAMT!#REF!</definedName>
     <definedName name="_Fill2" hidden="1">[1]ÖBB_GESAMT!#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'COVID-19-Krisenbewältigungsf.'!$A$5:$N$34</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Krisenbewältigungsf.!$A$5:$N$34</definedName>
     <definedName name="_xlnm._FilterDatabase" hidden="1">#REF!</definedName>
     <definedName name="_FilterDatenbank2" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_FilterDatenbank2" hidden="1">#REF!</definedName>
     <definedName name="Absatzplan2001_2004" localSheetId="3" hidden="1">{#N/A,#N/A,TRUE,"Tabelle1";#N/A,#N/A,TRUE,"Tabelle2";#N/A,#N/A,TRUE,"Tabelle3";#N/A,#N/A,TRUE,"Tabelle4"}</definedName>
     <definedName name="Absatzplan2001_2004" localSheetId="2" hidden="1">{#N/A,#N/A,TRUE,"Tabelle1";#N/A,#N/A,TRUE,"Tabelle2";#N/A,#N/A,TRUE,"Tabelle3";#N/A,#N/A,TRUE,"Tabelle4"}</definedName>
     <definedName name="Absatzplan2001_2004" localSheetId="0" hidden="1">{#N/A,#N/A,TRUE,"Tabelle1";#N/A,#N/A,TRUE,"Tabelle2";#N/A,#N/A,TRUE,"Tabelle3";#N/A,#N/A,TRUE,"Tabelle4"}</definedName>
     <definedName name="Absatzplan2001_2004" hidden="1">{#N/A,#N/A,TRUE,"Tabelle1";#N/A,#N/A,TRUE,"Tabelle2";#N/A,#N/A,TRUE,"Tabelle3";#N/A,#N/A,TRUE,"Tabelle4"}</definedName>
     <definedName name="acd" localSheetId="3" hidden="1">{"CECons",#N/A,FALSE,"CE"}</definedName>
     <definedName name="acd" localSheetId="2" hidden="1">{"CECons",#N/A,FALSE,"CE"}</definedName>
     <definedName name="acd" localSheetId="0" hidden="1">{"CECons",#N/A,FALSE,"CE"}</definedName>
     <definedName name="acd" hidden="1">{"CECons",#N/A,FALSE,"CE"}</definedName>
     <definedName name="AS2DocOpenMode" hidden="1">"AS2DocumentBrowse"</definedName>
     <definedName name="bmv" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="bmv" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="bmv" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="bmv" hidden="1">#REF!</definedName>
     <definedName name="bmw" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="bmw" hidden="1">#REF!</definedName>
     <definedName name="CBWorkbookPriority" hidden="1">-238828510</definedName>
     <definedName name="FilterDatenbank" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="FilterDatenbank" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="FilterDatenbank" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="FilterDatenbank" hidden="1">#REF!</definedName>
     <definedName name="grafik" localSheetId="3" hidden="1">{"'10.01'!$A$1:$K$21"}</definedName>
     <definedName name="grafik" localSheetId="2" hidden="1">{"'10.01'!$A$1:$K$21"}</definedName>
@@ -140,51 +140,51 @@
     <definedName name="zzerzr" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Tabelle1"}</definedName>
     <definedName name="zzerzr" localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"Tabelle1"}</definedName>
     <definedName name="zzerzr" hidden="1">{#N/A,#N/A,FALSE,"Tabelle1"}</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentManualCount="8"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="100">
   <si>
     <r>
       <t xml:space="preserve">Auszahlungen COVID-19-Krisenbewältigung
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>In Mio. €</t>
     </r>
   </si>
   <si>
     <t>Monatserfolg</t>
   </si>
   <si>
     <t>Monatserfolg kumuliert</t>
   </si>
   <si>
     <t>Jahreswerte</t>
   </si>
@@ -493,95 +493,107 @@
     <t>2020-23</t>
   </si>
   <si>
     <t>2020-'25</t>
   </si>
   <si>
     <t>Auszahlungen reguläres Budget (insb. Corona-Kurzarbeit)</t>
   </si>
   <si>
     <t>Auszahl. 2020-2025</t>
   </si>
   <si>
     <t>Wohnen, Medien, Telekommunikation und Sport</t>
   </si>
   <si>
     <t>BVA</t>
   </si>
   <si>
     <t>Erfolg
 2024</t>
   </si>
   <si>
     <t>Quelle: BMF Fördermanager</t>
   </si>
   <si>
-    <t>davon Verlustersatz III als Spätantrag</t>
+    <t>COFAG &amp; ab 08/2024 COFAG-NoAG (inkl. Verwaltungskosten)</t>
+  </si>
+  <si>
+    <t>COVID-19 Schadloshaltung (ab 08/2024; inkl. Verwaltungskosten)</t>
+  </si>
+  <si>
+    <t>COVID-19 OeKB Garantien (ab 08/2024; inkl. Verwaltungskosten)</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Stand zum 30.6.2025
+      <t xml:space="preserve">Stand zum 31.12.2025
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Beobachtungszeitraum
-08/2024 - 06/2025</t>
+08/2024 - 12/2025</t>
     </r>
   </si>
   <si>
-    <t>COFAG &amp; ab 08/2024 COFAG-NoAG (inkl. Verwaltungskosten)</t>
-[...17 lines deleted...]
-    <t>Übersicht COVID-19 Hilfsmaßnahmen - Stand 31.10.2025</t>
+    <t xml:space="preserve">davon Umwidmung Obergrenzenrichtlinien </t>
+  </si>
+  <si>
+    <t>davon Umwidmung Spätantrage</t>
   </si>
   <si>
     <t>Monats-erfolg
-Oktober</t>
-[...2 lines deleted...]
-    <t>Jänner-Oktober kumuliert</t>
+Dez.</t>
+  </si>
+  <si>
+    <t>Vorl. Erfolg</t>
+  </si>
+  <si>
+    <t>Dezember</t>
+  </si>
+  <si>
+    <t>Übersicht COVID-19 Hilfsmaßnahmen - Stand 31.12.2025</t>
+  </si>
+  <si>
+    <t>Jänner - Dezember</t>
+  </si>
+  <si>
+    <t>COFAG &amp; ab 08/2024 COFAG-NoAG (inkl. Verwaltungsk.)</t>
+  </si>
+  <si>
+    <t>COVID-19 Schadloshaltung (ab 08/2024; inkl. Verwalt.k.)</t>
+  </si>
+  <si>
+    <t>COVID-19 OeKB Garantien  (ab 08/2024; inkl. Verwalt.k.)</t>
+  </si>
+  <si>
+    <t>v. Erfolg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0_ ;\-0.0\ "/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="168" formatCode="#,#00.0;\-0.0;;@"/>
     <numFmt numFmtId="169" formatCode="\+#,##0.0;\-#,##0.0;;@"/>
     <numFmt numFmtId="170" formatCode="0.0%"/>
     <numFmt numFmtId="171" formatCode="0.0;\-0.0;;@"/>
     <numFmt numFmtId="172" formatCode="#,##0.0;\-#,##0.0"/>
     <numFmt numFmtId="173" formatCode="\-0.0"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -869,81 +881,80 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="188">
+  <cellXfs count="197">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="169" fontId="4" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="4" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="2" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="2" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="4" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -951,65 +962,50 @@
     </xf>
     <xf numFmtId="169" fontId="13" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="13" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
@@ -1064,389 +1060,440 @@
     <xf numFmtId="164" fontId="9" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="7" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="7" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="26" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="21" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="22" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="4" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="4" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="8" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="8" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...308 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Standard 2 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1770,2577 +1817,2930 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96D407F7-CB09-45E2-9D6E-EC9778393F23}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52942E3F-6FDF-4108-AE4B-9F56BAF3948A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:O20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="2.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="44.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="10" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.140625" style="1" customWidth="1"/>
     <col min="6" max="9" width="7.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.140625" style="1" customWidth="1"/>
     <col min="11" max="14" width="7.85546875" style="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="1" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="154" t="s">
+        <v>94</v>
+      </c>
+      <c r="D1" s="2"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="6"/>
     </row>
-    <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="A3" s="172" t="s">
+    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="L2" s="72"/>
+      <c r="M2" s="72"/>
+      <c r="N2" s="72"/>
+    </row>
+    <row r="3" spans="1:15" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="155" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="173"/>
-      <c r="C3" s="173"/>
+      <c r="B3" s="156"/>
+      <c r="C3" s="156"/>
       <c r="D3" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="108"/>
-      <c r="F3" s="177" t="s">
+      <c r="E3" s="120"/>
+      <c r="F3" s="160" t="s">
         <v>2</v>
       </c>
-      <c r="G3" s="177"/>
-[...3 lines deleted...]
-      <c r="K3" s="178" t="s">
+      <c r="G3" s="160"/>
+      <c r="H3" s="160"/>
+      <c r="I3" s="160"/>
+      <c r="J3" s="120"/>
+      <c r="K3" s="161" t="s">
         <v>3</v>
       </c>
-      <c r="L3" s="178"/>
-[...15 lines deleted...]
-      <c r="H4" s="180" t="s">
+      <c r="L3" s="161"/>
+      <c r="M3" s="161"/>
+      <c r="N3" s="161"/>
+      <c r="O3" s="1"/>
+    </row>
+    <row r="4" spans="1:15" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="157"/>
+      <c r="B4" s="158"/>
+      <c r="C4" s="158"/>
+      <c r="D4" s="123" t="s">
+        <v>93</v>
+      </c>
+      <c r="E4" s="121"/>
+      <c r="F4" s="162" t="s">
+        <v>95</v>
+      </c>
+      <c r="G4" s="162"/>
+      <c r="H4" s="163" t="s">
         <v>4</v>
       </c>
-      <c r="I4" s="180"/>
-[...1 lines deleted...]
-      <c r="K4" s="149" t="s">
+      <c r="I4" s="163"/>
+      <c r="J4" s="121"/>
+      <c r="K4" s="97" t="s">
         <v>5</v>
       </c>
-      <c r="L4" s="150" t="s">
+      <c r="L4" s="98" t="s">
         <v>5</v>
       </c>
-      <c r="M4" s="150" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="151" t="s">
+      <c r="M4" s="98" t="s">
+        <v>99</v>
+      </c>
+      <c r="N4" s="124" t="s">
         <v>6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="C5" s="176"/>
+      <c r="O4" s="1"/>
+    </row>
+    <row r="5" spans="1:15" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="159"/>
+      <c r="B5" s="159"/>
+      <c r="C5" s="159"/>
       <c r="D5" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="E5" s="109"/>
+      <c r="E5" s="122"/>
       <c r="F5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>76</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="J5" s="109"/>
-      <c r="K5" s="109" t="s">
+      <c r="J5" s="122"/>
+      <c r="K5" s="122" t="s">
         <v>77</v>
       </c>
       <c r="L5" s="12">
         <v>2024</v>
       </c>
       <c r="M5" s="12">
         <v>2025</v>
       </c>
       <c r="N5" s="11" t="s">
         <v>78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="152" t="s">
+      <c r="O5" s="1"/>
+    </row>
+    <row r="6" spans="1:15" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="99" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="153"/>
-[...18 lines deleted...]
-      <c r="K6" s="154">
+      <c r="B6" s="100"/>
+      <c r="C6" s="100"/>
+      <c r="D6" s="101">
+        <v>60.056938130000006</v>
+      </c>
+      <c r="E6" s="100"/>
+      <c r="F6" s="102">
+        <v>579.43909672000007</v>
+      </c>
+      <c r="G6" s="102">
+        <v>77.56845005000001</v>
+      </c>
+      <c r="H6" s="13">
+        <v>-501.87064667000004</v>
+      </c>
+      <c r="I6" s="14">
+        <v>-0.86613183250994352</v>
+      </c>
+      <c r="J6" s="100"/>
+      <c r="K6" s="101">
         <v>35409.117862459992</v>
       </c>
-      <c r="L6" s="154">
+      <c r="L6" s="101">
         <v>579.43909672000007</v>
       </c>
-      <c r="M6" s="154">
-[...6 lines deleted...]
-    <row r="7" spans="1:14" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M6" s="101">
+        <v>77.56845005000001</v>
+      </c>
+      <c r="N6" s="15">
+        <v>36066.125409229993</v>
+      </c>
+      <c r="O6" s="1"/>
+    </row>
+    <row r="7" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
-      <c r="B7" s="156" t="s">
+      <c r="B7" s="103" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="156"/>
-[...13 lines deleted...]
-      <c r="I7" s="92" t="s">
+      <c r="C7" s="103"/>
+      <c r="D7" s="104">
+        <v>23.8738049</v>
+      </c>
+      <c r="E7" s="104"/>
+      <c r="F7" s="105">
+        <v>327.77939873999998</v>
+      </c>
+      <c r="G7" s="104">
+        <v>-9.6105332899999958</v>
+      </c>
+      <c r="H7" s="73">
+        <v>-337.38993202999995</v>
+      </c>
+      <c r="I7" s="74" t="s">
         <v>21</v>
       </c>
-      <c r="J7" s="156"/>
-      <c r="K7" s="157">
+      <c r="J7" s="103"/>
+      <c r="K7" s="104">
         <v>15537.661244609999</v>
       </c>
-      <c r="L7" s="157">
+      <c r="L7" s="104">
         <v>327.77939873999992</v>
       </c>
-      <c r="M7" s="157">
-[...6 lines deleted...]
-    <row r="8" spans="1:14" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M7" s="104">
+        <v>-9.6105332899999958</v>
+      </c>
+      <c r="N7" s="75">
+        <v>15855.830110059998</v>
+      </c>
+      <c r="O7" s="1"/>
+    </row>
+    <row r="8" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="8"/>
-      <c r="B8" s="159" t="s">
+      <c r="B8" s="171"/>
+      <c r="C8" s="172" t="s">
+        <v>96</v>
+      </c>
+      <c r="D8" s="139">
+        <v>23.447389959999999</v>
+      </c>
+      <c r="E8" s="138"/>
+      <c r="F8" s="140">
+        <v>284.54322441999989</v>
+      </c>
+      <c r="G8" s="139">
+        <v>-87.314223170000005</v>
+      </c>
+      <c r="H8" s="141">
+        <v>-371.85744758999988</v>
+      </c>
+      <c r="I8" s="142" t="s">
+        <v>21</v>
+      </c>
+      <c r="J8" s="138"/>
+      <c r="K8" s="139">
+        <v>15537.661244609999</v>
+      </c>
+      <c r="L8" s="139">
+        <v>284.54322441999994</v>
+      </c>
+      <c r="M8" s="140">
+        <v>-87.314223170000005</v>
+      </c>
+      <c r="N8" s="143">
+        <v>15734.890245859999</v>
+      </c>
+      <c r="O8" s="1"/>
+    </row>
+    <row r="9" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="173"/>
+      <c r="C9" s="173" t="s">
+        <v>97</v>
+      </c>
+      <c r="D9" s="145">
+        <v>0.31685758000000003</v>
+      </c>
+      <c r="E9" s="146"/>
+      <c r="F9" s="147">
+        <v>42.840453439999997</v>
+      </c>
+      <c r="G9" s="148">
+        <v>58.43090428</v>
+      </c>
+      <c r="H9" s="149">
+        <v>15.590450840000003</v>
+      </c>
+      <c r="I9" s="150">
+        <v>0.36391890346901062</v>
+      </c>
+      <c r="K9" s="144"/>
+      <c r="L9" s="148">
+        <v>42.840453439999997</v>
+      </c>
+      <c r="M9" s="148">
+        <v>58.43090428</v>
+      </c>
+      <c r="N9" s="151">
+        <v>101.27135772</v>
+      </c>
+      <c r="O9" s="1"/>
+    </row>
+    <row r="10" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="173"/>
+      <c r="C10" s="173" t="s">
+        <v>98</v>
+      </c>
+      <c r="D10" s="145">
+        <v>0.10955736000000001</v>
+      </c>
+      <c r="E10" s="146"/>
+      <c r="F10" s="147">
+        <v>0.39572088</v>
+      </c>
+      <c r="G10" s="148">
+        <v>19.272785599999999</v>
+      </c>
+      <c r="H10" s="149">
+        <v>18.87706472</v>
+      </c>
+      <c r="I10" s="150" t="s">
+        <v>21</v>
+      </c>
+      <c r="K10" s="144"/>
+      <c r="L10" s="148">
+        <v>0.39572088</v>
+      </c>
+      <c r="M10" s="148">
+        <v>19.272785599999999</v>
+      </c>
+      <c r="N10" s="151">
+        <v>19.668506479999998</v>
+      </c>
+      <c r="O10" s="1"/>
+    </row>
+    <row r="11" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="8"/>
+      <c r="B11" s="106" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="160"/>
-[...17 lines deleted...]
-      <c r="K8" s="161">
+      <c r="C11" s="107"/>
+      <c r="D11" s="108">
+        <v>36.433446500000002</v>
+      </c>
+      <c r="E11" s="107"/>
+      <c r="F11" s="108">
+        <v>266.77432276000002</v>
+      </c>
+      <c r="G11" s="108">
+        <v>97.43865418</v>
+      </c>
+      <c r="H11" s="17">
+        <v>-169.33566858</v>
+      </c>
+      <c r="I11" s="18">
+        <v>-0.63475250102064951</v>
+      </c>
+      <c r="J11" s="107"/>
+      <c r="K11" s="108">
         <v>10968.11061795</v>
       </c>
-      <c r="L8" s="161">
+      <c r="L11" s="108">
         <v>266.77432276000002</v>
       </c>
-      <c r="M8" s="161">
-[...7 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="M11" s="108">
+        <v>97.43865418</v>
+      </c>
+      <c r="N11" s="19">
+        <v>11332.32359489</v>
+      </c>
+      <c r="O11" s="1"/>
+    </row>
+    <row r="12" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="138"/>
+      <c r="C12" s="138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="139">
+        <v>13.467241599999999</v>
+      </c>
+      <c r="E12" s="138"/>
+      <c r="F12" s="139">
+        <v>185.68701569999999</v>
+      </c>
+      <c r="G12" s="140">
+        <v>36.10433974</v>
+      </c>
+      <c r="H12" s="141">
+        <v>-149.58267595999999</v>
+      </c>
+      <c r="I12" s="152">
+        <v>-0.80556346600814044</v>
+      </c>
+      <c r="J12" s="138"/>
+      <c r="K12" s="139">
+        <v>4161.7445840600003</v>
+      </c>
+      <c r="L12" s="105">
+        <v>185.68701570000002</v>
+      </c>
+      <c r="M12" s="105">
+        <v>36.10433974</v>
+      </c>
+      <c r="N12" s="143">
+        <v>4383.5359395000005</v>
+      </c>
+      <c r="O12" s="1"/>
+    </row>
+    <row r="13" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C13" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="144"/>
+      <c r="F13" s="144">
+        <v>15.769295410000002</v>
+      </c>
+      <c r="G13" s="148">
+        <v>11.38411037</v>
+      </c>
+      <c r="H13" s="149">
+        <v>-4.3851850400000014</v>
+      </c>
+      <c r="I13" s="153">
+        <v>-0.2780837650627791</v>
+      </c>
+      <c r="K13" s="144">
+        <v>2998.4937365599999</v>
+      </c>
+      <c r="L13" s="148">
+        <v>15.769295410000002</v>
+      </c>
+      <c r="M13" s="148">
+        <v>11.38411037</v>
+      </c>
+      <c r="N13" s="151">
+        <v>3025.6471423399998</v>
+      </c>
+      <c r="O13" s="1"/>
+    </row>
+    <row r="14" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C14" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="144">
+        <v>6.8356201299999997</v>
+      </c>
+      <c r="F14" s="148">
+        <v>24.013212709999998</v>
+      </c>
+      <c r="G14" s="148">
+        <v>11.24819984</v>
+      </c>
+      <c r="H14" s="149">
+        <v>-12.765012869999998</v>
+      </c>
+      <c r="I14" s="153">
+        <v>-0.53158288414628374</v>
+      </c>
+      <c r="K14" s="144">
+        <v>2099.8024221000001</v>
+      </c>
+      <c r="L14" s="148">
+        <v>24.013212709999998</v>
+      </c>
+      <c r="M14" s="148">
+        <v>11.24819984</v>
+      </c>
+      <c r="N14" s="151">
+        <v>2135.06383465</v>
+      </c>
+      <c r="O14" s="1"/>
+    </row>
+    <row r="15" spans="1:15" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="16"/>
+      <c r="B15" s="16"/>
+      <c r="C15" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="144">
+        <v>16.16490602</v>
+      </c>
+      <c r="E15" s="16"/>
+      <c r="F15" s="148">
+        <v>39.217217779999999</v>
+      </c>
+      <c r="G15" s="148">
+        <v>35.762914620000004</v>
+      </c>
+      <c r="H15" s="149">
+        <v>-3.4543031599999949</v>
+      </c>
+      <c r="I15" s="153">
+        <v>-8.8081290707002186E-2</v>
+      </c>
+      <c r="J15" s="16"/>
+      <c r="K15" s="144">
+        <v>1412.48651184</v>
+      </c>
+      <c r="L15" s="148">
+        <v>39.217217779999999</v>
+      </c>
+      <c r="M15" s="148">
+        <v>35.762914620000004</v>
+      </c>
+      <c r="N15" s="151">
+        <v>1487.4666442400001</v>
+      </c>
+      <c r="O15" s="1"/>
+    </row>
+    <row r="16" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C16" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="144">
+        <v>-3.4321249999999998E-2</v>
+      </c>
+      <c r="F16" s="148">
+        <v>2.0875811599999996</v>
+      </c>
+      <c r="G16" s="148">
+        <v>2.9390896099999999</v>
+      </c>
+      <c r="H16" s="149">
+        <v>0.85150845000000031</v>
+      </c>
+      <c r="I16" s="150">
+        <v>0.40789238105597797</v>
+      </c>
+      <c r="K16" s="144">
+        <v>295.58336338999999</v>
+      </c>
+      <c r="L16" s="148">
+        <v>2.0875811599999996</v>
+      </c>
+      <c r="M16" s="148">
+        <v>2.9390896099999999</v>
+      </c>
+      <c r="N16" s="151">
+        <v>300.61003416</v>
+      </c>
+      <c r="O16" s="1"/>
+    </row>
+    <row r="17" spans="1:15" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="D9" s="162">
-[...14 lines deleted...]
-      <c r="K9" s="161">
+      <c r="D17" s="109">
+        <v>-0.25031326999999237</v>
+      </c>
+      <c r="F17" s="110">
+        <v>-15.114624779999929</v>
+      </c>
+      <c r="G17" s="110">
+        <v>-10.259670839999991</v>
+      </c>
+      <c r="H17" s="17">
+        <v>4.8549539399999375</v>
+      </c>
+      <c r="I17" s="18">
+        <v>-0.32120902838581483</v>
+      </c>
+      <c r="K17" s="108">
         <v>8903.345999899997</v>
       </c>
-      <c r="L9" s="163">
+      <c r="L17" s="110">
         <v>-15.114624779999986</v>
       </c>
-      <c r="M9" s="163">
-[...7 lines deleted...]
-      <c r="A10" s="164" t="s">
+      <c r="M17" s="110">
+        <v>-10.259670839999991</v>
+      </c>
+      <c r="N17" s="19">
+        <v>8877.9717042799966</v>
+      </c>
+      <c r="O17" s="1"/>
+    </row>
+    <row r="18" spans="1:15" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="111" t="s">
         <v>79</v>
       </c>
-      <c r="B10" s="8"/>
-[...3 lines deleted...]
-      <c r="H10" s="166">
+      <c r="B18" s="8"/>
+      <c r="D18" s="108"/>
+      <c r="F18" s="112"/>
+      <c r="G18" s="110"/>
+      <c r="H18" s="113">
         <v>0</v>
       </c>
-      <c r="I10" s="21"/>
-      <c r="K10" s="167">
+      <c r="I18" s="20"/>
+      <c r="K18" s="114">
         <v>10638.68890171</v>
       </c>
-      <c r="L10" s="168">
+      <c r="L18" s="115">
         <v>0</v>
       </c>
-      <c r="M10" s="168">
+      <c r="M18" s="115">
         <v>0</v>
       </c>
-      <c r="N10" s="22">
+      <c r="N18" s="21">
         <v>10638.68890171</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="169" t="s">
+      <c r="O18" s="1"/>
+    </row>
+    <row r="19" spans="1:15" s="118" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="B11" s="169"/>
-[...18 lines deleted...]
-      <c r="K11" s="170">
+      <c r="B19" s="116"/>
+      <c r="C19" s="116"/>
+      <c r="D19" s="117">
+        <v>60.056938130000006</v>
+      </c>
+      <c r="E19" s="117"/>
+      <c r="F19" s="117">
+        <v>579.43909672000007</v>
+      </c>
+      <c r="G19" s="117">
+        <v>77.56845005000001</v>
+      </c>
+      <c r="H19" s="22">
+        <v>-501.87064667000004</v>
+      </c>
+      <c r="I19" s="23">
+        <v>-0.86613183250994352</v>
+      </c>
+      <c r="J19" s="116"/>
+      <c r="K19" s="117">
         <v>46047.806764169996</v>
       </c>
-      <c r="L11" s="170">
+      <c r="L19" s="117">
         <v>579.43909672000007</v>
       </c>
-      <c r="M11" s="170">
-[...7 lines deleted...]
-      <c r="A12" s="94" t="s">
+      <c r="M19" s="117">
+        <v>77.56845005000001</v>
+      </c>
+      <c r="N19" s="24">
+        <v>46704.814310939997</v>
+      </c>
+      <c r="O19" s="1"/>
+    </row>
+    <row r="20" spans="1:15" s="76" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="76" t="s">
         <v>20</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="I15" s="3"/>
+      <c r="O20" s="119"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:C5"/>
     <mergeCell ref="F3:I3"/>
     <mergeCell ref="K3:N3"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:I4"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="29" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;LII/8&amp;R&amp;T &amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE5CD0FB-B083-406D-B70C-11366F3241AD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{066CCD23-E2E3-4E9C-A82D-C1B184150DD9}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P34"/>
+  <dimension ref="A1:N34"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="143" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16" max="16384" width="11.42578125" style="26"/>
+    <col min="1" max="1" width="2.85546875" style="95" customWidth="1"/>
+    <col min="2" max="2" width="57.140625" style="25" customWidth="1"/>
+    <col min="3" max="3" width="2.140625" style="25" customWidth="1"/>
+    <col min="4" max="8" width="8.5703125" style="25" customWidth="1"/>
+    <col min="9" max="9" width="2.140625" style="25" customWidth="1"/>
+    <col min="10" max="12" width="8.5703125" style="25" customWidth="1"/>
+    <col min="13" max="13" width="2.140625" style="25" customWidth="1"/>
+    <col min="14" max="14" width="8.5703125" style="81" customWidth="1"/>
+    <col min="15" max="16384" width="11.42578125" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A1" s="95" t="s">
+    <row r="1" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="154" t="s">
         <v>22</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="A3" s="181" t="s">
+      <c r="B1" s="80"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="80"/>
+      <c r="F1" s="80"/>
+      <c r="G1" s="80"/>
+      <c r="H1" s="80"/>
+      <c r="I1" s="80"/>
+      <c r="J1" s="80"/>
+      <c r="K1" s="80"/>
+      <c r="L1" s="80"/>
+      <c r="M1" s="80"/>
+    </row>
+    <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="80"/>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+      <c r="F2" s="80"/>
+      <c r="G2" s="80"/>
+      <c r="H2" s="80"/>
+      <c r="I2" s="80"/>
+      <c r="J2" s="80"/>
+      <c r="K2" s="80"/>
+      <c r="L2" s="80"/>
+      <c r="M2" s="80"/>
+    </row>
+    <row r="3" spans="1:14" s="82" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="164" t="s">
         <v>23</v>
       </c>
-      <c r="B3" s="181"/>
-[...1 lines deleted...]
-      <c r="D3" s="183" t="s">
+      <c r="B3" s="164"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="166" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="183"/>
-[...4 lines deleted...]
-      <c r="J3" s="184">
+      <c r="E3" s="166"/>
+      <c r="F3" s="166"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="166"/>
+      <c r="I3" s="26"/>
+      <c r="J3" s="167">
         <v>2025</v>
       </c>
-      <c r="K3" s="184"/>
-[...2 lines deleted...]
-      <c r="N3" s="29" t="s">
+      <c r="K3" s="167"/>
+      <c r="L3" s="167"/>
+      <c r="M3" s="27"/>
+      <c r="N3" s="28" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:15" s="114" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D4" s="116" t="s">
+    <row r="4" spans="1:14" s="82" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="165"/>
+      <c r="B4" s="165"/>
+      <c r="C4" s="83"/>
+      <c r="D4" s="84" t="s">
         <v>24</v>
       </c>
-      <c r="E4" s="117" t="s">
+      <c r="E4" s="85" t="s">
         <v>25</v>
       </c>
-      <c r="F4" s="117" t="s">
+      <c r="F4" s="85" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="117" t="s">
+      <c r="G4" s="85" t="s">
         <v>27</v>
       </c>
-      <c r="H4" s="117" t="s">
+      <c r="H4" s="85" t="s">
         <v>83</v>
       </c>
-      <c r="I4" s="30"/>
-      <c r="J4" s="118" t="s">
+      <c r="I4" s="29"/>
+      <c r="J4" s="86" t="s">
         <v>82</v>
       </c>
-      <c r="K4" s="187" t="s">
-[...6 lines deleted...]
-      <c r="N4" s="31" t="s">
+      <c r="K4" s="85" t="s">
+        <v>91</v>
+      </c>
+      <c r="L4" s="85" t="s">
+        <v>92</v>
+      </c>
+      <c r="M4" s="29"/>
+      <c r="N4" s="30" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A5" s="96">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A5" s="183">
         <v>10</v>
       </c>
-      <c r="B5" s="97" t="s">
+      <c r="B5" s="184" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="98"/>
-      <c r="D5" s="98">
+      <c r="C5" s="185"/>
+      <c r="D5" s="185">
         <v>44.121482350000001</v>
       </c>
-      <c r="E5" s="99">
+      <c r="E5" s="174">
         <v>30.47440739</v>
       </c>
-      <c r="F5" s="99">
+      <c r="F5" s="174">
         <v>8.8491320499999997</v>
       </c>
-      <c r="G5" s="99">
+      <c r="G5" s="174">
         <v>-0.56106968000000002</v>
       </c>
-      <c r="H5" s="99"/>
-[...5 lines deleted...]
-      <c r="N5" s="100">
+      <c r="H5" s="174"/>
+      <c r="I5" s="174"/>
+      <c r="J5" s="87"/>
+      <c r="K5" s="174"/>
+      <c r="L5" s="174"/>
+      <c r="M5" s="174"/>
+      <c r="N5" s="77">
         <v>82.883952109999996</v>
       </c>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A6" s="33">
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A6" s="186">
         <v>11</v>
       </c>
-      <c r="B6" s="121" t="s">
+      <c r="B6" s="187" t="s">
         <v>29</v>
       </c>
-      <c r="C6" s="122"/>
-      <c r="D6" s="122">
+      <c r="C6" s="175"/>
+      <c r="D6" s="175">
         <v>15.965179989999999</v>
       </c>
-      <c r="E6" s="122">
+      <c r="E6" s="175">
         <v>9.2076068099999979</v>
       </c>
-      <c r="F6" s="122">
+      <c r="F6" s="175">
         <v>3.4950563799999999</v>
       </c>
-      <c r="G6" s="122">
+      <c r="G6" s="175">
         <v>0.55913531000000005</v>
       </c>
-      <c r="H6" s="122"/>
-[...5 lines deleted...]
-      <c r="N6" s="125">
+      <c r="H6" s="175"/>
+      <c r="I6" s="175"/>
+      <c r="J6" s="88"/>
+      <c r="K6" s="175"/>
+      <c r="L6" s="175"/>
+      <c r="M6" s="175"/>
+      <c r="N6" s="89">
         <v>29.226978489999997</v>
       </c>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A7" s="33">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A7" s="186">
         <v>12</v>
       </c>
-      <c r="B7" s="126" t="s">
+      <c r="B7" s="188" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="127"/>
-      <c r="D7" s="127">
+      <c r="C7" s="189"/>
+      <c r="D7" s="189">
         <v>6.4666242199999999</v>
       </c>
-      <c r="E7" s="122">
+      <c r="E7" s="175">
         <v>-2.98994E-3</v>
       </c>
-      <c r="F7" s="122"/>
-[...7 lines deleted...]
-      <c r="N7" s="125">
+      <c r="F7" s="175"/>
+      <c r="G7" s="181"/>
+      <c r="H7" s="175"/>
+      <c r="I7" s="175"/>
+      <c r="J7" s="88"/>
+      <c r="K7" s="175"/>
+      <c r="L7" s="175"/>
+      <c r="M7" s="175"/>
+      <c r="N7" s="89">
         <v>6.46363428</v>
       </c>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A8" s="33">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A8" s="186">
         <v>13</v>
       </c>
-      <c r="B8" s="121" t="s">
+      <c r="B8" s="187" t="s">
         <v>31</v>
       </c>
-      <c r="C8" s="122"/>
-      <c r="D8" s="122">
+      <c r="C8" s="175"/>
+      <c r="D8" s="175">
         <v>8.7662752600000005</v>
       </c>
-      <c r="E8" s="122">
+      <c r="E8" s="175">
         <v>4.3049063899999984</v>
       </c>
-      <c r="F8" s="122">
+      <c r="F8" s="175">
         <v>1.9803052800000003</v>
       </c>
-      <c r="G8" s="122">
+      <c r="G8" s="175">
         <v>0.31396518000000001</v>
       </c>
-      <c r="H8" s="122"/>
-[...1 lines deleted...]
-      <c r="J8" s="123">
+      <c r="H8" s="175"/>
+      <c r="I8" s="175"/>
+      <c r="J8" s="88">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="K8" s="124"/>
-[...2 lines deleted...]
-      <c r="N8" s="125">
+      <c r="K8" s="175"/>
+      <c r="L8" s="175"/>
+      <c r="M8" s="175"/>
+      <c r="N8" s="89">
         <v>15.36545211</v>
       </c>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A9" s="33">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A9" s="186">
         <v>14</v>
       </c>
-      <c r="B9" s="121" t="s">
+      <c r="B9" s="187" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="122"/>
-      <c r="D9" s="122">
+      <c r="C9" s="175"/>
+      <c r="D9" s="175">
         <v>134.71324208000001</v>
       </c>
-      <c r="E9" s="122">
+      <c r="E9" s="175">
         <v>180.16120588000001</v>
       </c>
-      <c r="F9" s="122">
+      <c r="F9" s="175">
         <v>22.968744230000002</v>
       </c>
-      <c r="G9" s="122">
+      <c r="G9" s="175">
         <v>0.38142005000000001</v>
       </c>
-      <c r="H9" s="122"/>
-[...5 lines deleted...]
-      <c r="N9" s="125">
+      <c r="H9" s="175"/>
+      <c r="I9" s="175"/>
+      <c r="J9" s="88"/>
+      <c r="K9" s="175"/>
+      <c r="L9" s="175"/>
+      <c r="M9" s="175"/>
+      <c r="N9" s="89">
         <v>338.22461224</v>
       </c>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A10" s="33">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A10" s="186">
         <v>17</v>
       </c>
-      <c r="B10" s="121" t="s">
+      <c r="B10" s="187" t="s">
         <v>81</v>
       </c>
-      <c r="C10" s="122"/>
-      <c r="D10" s="122">
+      <c r="C10" s="175"/>
+      <c r="D10" s="175">
         <v>358.81598444999997</v>
       </c>
-      <c r="E10" s="122">
+      <c r="E10" s="175">
         <v>399.59712373000002</v>
       </c>
-      <c r="F10" s="122">
+      <c r="F10" s="175">
         <v>135.6497588</v>
       </c>
-      <c r="G10" s="122">
+      <c r="G10" s="175">
         <v>7.5635326000000003</v>
       </c>
-      <c r="H10" s="129">
+      <c r="H10" s="176">
         <v>-0.50996547999999997</v>
       </c>
-      <c r="I10" s="122"/>
-      <c r="J10" s="123">
+      <c r="I10" s="175"/>
+      <c r="J10" s="88">
         <v>0.2</v>
       </c>
-      <c r="K10" s="130">
-[...11 lines deleted...]
-      <c r="A11" s="33">
+      <c r="K10" s="176">
+        <v>2.8880699999999999E-2</v>
+      </c>
+      <c r="L10" s="176">
+        <v>0.13578745</v>
+      </c>
+      <c r="M10" s="175"/>
+      <c r="N10" s="89">
+        <v>901.25222154999994</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A11" s="186">
         <v>18</v>
       </c>
-      <c r="B11" s="126" t="s">
+      <c r="B11" s="188" t="s">
         <v>33</v>
       </c>
-      <c r="C11" s="127"/>
-      <c r="D11" s="127">
+      <c r="C11" s="189"/>
+      <c r="D11" s="189">
         <v>7.16309489</v>
       </c>
-      <c r="E11" s="122">
+      <c r="E11" s="175">
         <v>0.13939586000000001</v>
       </c>
-      <c r="F11" s="122"/>
-[...7 lines deleted...]
-      <c r="N11" s="125">
+      <c r="F11" s="175"/>
+      <c r="G11" s="181"/>
+      <c r="H11" s="175"/>
+      <c r="I11" s="175"/>
+      <c r="J11" s="90"/>
+      <c r="K11" s="175"/>
+      <c r="L11" s="175"/>
+      <c r="M11" s="175"/>
+      <c r="N11" s="89">
         <v>7.3024907499999996</v>
       </c>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A12" s="33">
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A12" s="186">
         <v>20</v>
       </c>
-      <c r="B12" s="121" t="s">
+      <c r="B12" s="187" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="122"/>
-      <c r="D12" s="122">
+      <c r="C12" s="175"/>
+      <c r="D12" s="175">
         <v>8.5765031</v>
       </c>
-      <c r="E12" s="122">
+      <c r="E12" s="175">
         <v>40.029510799999997</v>
       </c>
-      <c r="F12" s="122">
+      <c r="F12" s="175">
         <v>36.277682119999994</v>
       </c>
-      <c r="G12" s="122">
+      <c r="G12" s="175">
         <v>24.028453679999998</v>
       </c>
-      <c r="H12" s="122"/>
-[...5 lines deleted...]
-      <c r="N12" s="125">
+      <c r="H12" s="175"/>
+      <c r="I12" s="175"/>
+      <c r="J12" s="90"/>
+      <c r="K12" s="175"/>
+      <c r="L12" s="175"/>
+      <c r="M12" s="175"/>
+      <c r="N12" s="89">
         <v>108.91214969999999</v>
       </c>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A13" s="33">
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A13" s="186">
         <v>21</v>
       </c>
-      <c r="B13" s="121" t="s">
+      <c r="B13" s="187" t="s">
         <v>35</v>
       </c>
-      <c r="C13" s="122"/>
-      <c r="D13" s="122">
+      <c r="C13" s="175"/>
+      <c r="D13" s="175">
         <v>113.6</v>
       </c>
-      <c r="E13" s="122">
+      <c r="E13" s="175">
         <v>109.46171762</v>
       </c>
-      <c r="F13" s="122">
+      <c r="F13" s="175">
         <v>20.114613299999998</v>
       </c>
-      <c r="G13" s="129">
+      <c r="G13" s="176">
         <v>-17.812526760000001</v>
       </c>
-      <c r="H13" s="122">
+      <c r="H13" s="175">
         <v>-0.75206909</v>
       </c>
-      <c r="I13" s="129"/>
-[...11 lines deleted...]
-      <c r="A14" s="101">
+      <c r="I13" s="176"/>
+      <c r="J13" s="90"/>
+      <c r="K13" s="176"/>
+      <c r="L13" s="176">
+        <v>-10.75535213</v>
+      </c>
+      <c r="M13" s="175"/>
+      <c r="N13" s="91">
+        <v>213.85638294</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="190">
         <v>24</v>
       </c>
-      <c r="B14" s="102" t="s">
+      <c r="B14" s="191" t="s">
         <v>36</v>
       </c>
-      <c r="C14" s="122"/>
-      <c r="D14" s="103">
+      <c r="C14" s="175"/>
+      <c r="D14" s="177">
         <v>609.88286592000009</v>
       </c>
-      <c r="E14" s="103">
+      <c r="E14" s="177">
         <v>3871.4305269200004</v>
       </c>
-      <c r="F14" s="103">
+      <c r="F14" s="177">
         <v>4174.3304267399999</v>
       </c>
-      <c r="G14" s="103">
+      <c r="G14" s="177">
         <v>2312.4667983700001</v>
       </c>
-      <c r="H14" s="103">
+      <c r="H14" s="177">
         <v>266.77432276000002</v>
       </c>
-      <c r="I14" s="122"/>
-      <c r="J14" s="135">
+      <c r="I14" s="175"/>
+      <c r="J14" s="92">
         <v>143.52199999999999</v>
       </c>
-      <c r="K14" s="136">
-[...12 lines deleted...]
-      <c r="B15" s="105" t="s">
+      <c r="K14" s="177">
+        <v>36.433446500000002</v>
+      </c>
+      <c r="L14" s="177">
+        <v>97.43865418</v>
+      </c>
+      <c r="M14" s="175"/>
+      <c r="N14" s="78">
+        <v>11332.32359489</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A15" s="192"/>
+      <c r="B15" s="193" t="s">
         <v>13</v>
       </c>
-      <c r="C15" s="34"/>
-      <c r="D15" s="34">
+      <c r="C15" s="178"/>
+      <c r="D15" s="178">
         <v>100.38181456</v>
       </c>
-      <c r="E15" s="34">
+      <c r="E15" s="178">
         <v>1043.63132868</v>
       </c>
-      <c r="F15" s="34">
+      <c r="F15" s="178">
         <v>1649.68012275</v>
       </c>
-      <c r="G15" s="34">
+      <c r="G15" s="178">
         <v>1368.05131807</v>
       </c>
-      <c r="H15" s="34">
+      <c r="H15" s="178">
         <v>185.68701570000002</v>
       </c>
-      <c r="I15" s="34"/>
-      <c r="J15" s="137">
+      <c r="I15" s="178"/>
+      <c r="J15" s="93">
         <v>39.421999999999997</v>
       </c>
-      <c r="K15" s="138">
-[...13 lines deleted...]
-      <c r="B16" s="105" t="s">
+      <c r="K15" s="178">
+        <v>13.467241599999999</v>
+      </c>
+      <c r="L15" s="178">
+        <v>36.10433974</v>
+      </c>
+      <c r="M15" s="178"/>
+      <c r="N15" s="79">
+        <v>4383.5359395000005</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A16" s="192"/>
+      <c r="B16" s="193" t="s">
         <v>14</v>
       </c>
-      <c r="C16" s="34"/>
-      <c r="D16" s="34">
+      <c r="C16" s="178"/>
+      <c r="D16" s="178">
         <v>363.24118543999998</v>
       </c>
-      <c r="E16" s="34">
+      <c r="E16" s="178">
         <v>1243.6106930000001</v>
       </c>
-      <c r="F16" s="34">
+      <c r="F16" s="178">
         <v>891.00804262999998</v>
       </c>
-      <c r="G16" s="34">
+      <c r="G16" s="178">
         <v>500.63381549000002</v>
       </c>
-      <c r="H16" s="34">
+      <c r="H16" s="178">
         <v>15.76929541</v>
       </c>
-      <c r="I16" s="34"/>
-      <c r="J16" s="137">
+      <c r="I16" s="178"/>
+      <c r="J16" s="93">
         <v>10</v>
       </c>
-      <c r="K16" s="138"/>
-[...10 lines deleted...]
-      <c r="B17" s="105" t="s">
+      <c r="K16" s="178"/>
+      <c r="L16" s="178">
+        <v>11.38411037</v>
+      </c>
+      <c r="M16" s="178"/>
+      <c r="N16" s="79">
+        <v>3025.6471423399998</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="192"/>
+      <c r="B17" s="193" t="s">
         <v>15</v>
       </c>
-      <c r="C17" s="107"/>
-      <c r="D17" s="107">
+      <c r="C17" s="194"/>
+      <c r="D17" s="194">
         <v>93.318593259999986</v>
       </c>
-      <c r="E17" s="34">
+      <c r="E17" s="178">
         <v>990.09853579000003</v>
       </c>
-      <c r="F17" s="34">
+      <c r="F17" s="178">
         <v>817.46789502000001</v>
       </c>
-      <c r="G17" s="34">
+      <c r="G17" s="178">
         <v>198.91739802999999</v>
       </c>
-      <c r="H17" s="34">
+      <c r="H17" s="178">
         <v>24.013212709999998</v>
       </c>
-      <c r="I17" s="34"/>
-      <c r="J17" s="137">
+      <c r="I17" s="178"/>
+      <c r="J17" s="93">
         <v>50</v>
       </c>
-      <c r="K17" s="139">
-[...13 lines deleted...]
-      <c r="B18" s="105" t="s">
+      <c r="K17" s="179">
+        <v>6.8356201299999997</v>
+      </c>
+      <c r="L17" s="178">
+        <v>11.24819984</v>
+      </c>
+      <c r="M17" s="178"/>
+      <c r="N17" s="79">
+        <v>2135.06383465</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="192"/>
+      <c r="B18" s="193" t="s">
         <v>16</v>
       </c>
-      <c r="C18" s="107"/>
-      <c r="D18" s="34">
+      <c r="C18" s="194"/>
+      <c r="D18" s="178">
         <v>47.946022659999997</v>
       </c>
-      <c r="E18" s="34">
+      <c r="E18" s="178">
         <v>366.74617290000003</v>
       </c>
-      <c r="F18" s="34">
+      <c r="F18" s="178">
         <v>764.98622533999992</v>
       </c>
-      <c r="G18" s="34">
+      <c r="G18" s="178">
         <v>232.80809094</v>
       </c>
-      <c r="H18" s="34">
+      <c r="H18" s="178">
         <v>39.217217779999999</v>
       </c>
-      <c r="I18" s="34"/>
-      <c r="J18" s="137">
+      <c r="I18" s="178"/>
+      <c r="J18" s="93">
         <v>44</v>
       </c>
-      <c r="K18" s="138">
-[...12 lines deleted...]
-      <c r="B19" s="105" t="s">
+      <c r="K18" s="178">
+        <v>16.16490602</v>
+      </c>
+      <c r="L18" s="178">
+        <v>35.762914620000004</v>
+      </c>
+      <c r="M18" s="178"/>
+      <c r="N18" s="79">
+        <v>1487.4666442400001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="192"/>
+      <c r="B19" s="193" t="s">
         <v>17</v>
       </c>
-      <c r="C19" s="107"/>
-      <c r="D19" s="107">
+      <c r="C19" s="194"/>
+      <c r="D19" s="194">
         <v>4.9952500000000004</v>
       </c>
-      <c r="E19" s="34">
+      <c r="E19" s="178">
         <v>227.34379655000001</v>
       </c>
-      <c r="F19" s="34">
+      <c r="F19" s="178">
         <v>51.188141000000002</v>
       </c>
-      <c r="G19" s="34">
+      <c r="G19" s="178">
         <v>12.056175839999998</v>
       </c>
-      <c r="H19" s="34">
+      <c r="H19" s="178">
         <v>2.08758116</v>
       </c>
-      <c r="I19" s="34"/>
-      <c r="J19" s="137">
+      <c r="I19" s="178"/>
+      <c r="J19" s="93">
         <v>0.1</v>
       </c>
-      <c r="K19" s="139"/>
-[...9 lines deleted...]
-      <c r="A20" s="33">
+      <c r="K19" s="179">
+        <v>-3.4321249999999998E-2</v>
+      </c>
+      <c r="L19" s="179">
+        <v>2.9390896099999999</v>
+      </c>
+      <c r="M19" s="178"/>
+      <c r="N19" s="79">
+        <v>300.61003416</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="186">
         <v>25</v>
       </c>
-      <c r="B20" s="126" t="s">
+      <c r="B20" s="188" t="s">
         <v>37</v>
       </c>
-      <c r="C20" s="127"/>
-      <c r="D20" s="122">
+      <c r="C20" s="189"/>
+      <c r="D20" s="175">
         <v>688.50608588</v>
       </c>
-      <c r="E20" s="122">
+      <c r="E20" s="175">
         <v>137.23378730000002</v>
       </c>
-      <c r="F20" s="140">
+      <c r="F20" s="180">
         <v>-7.0310000000000001E-4</v>
       </c>
-      <c r="G20" s="140">
+      <c r="G20" s="180">
         <v>-6.4999999999999994E-5</v>
       </c>
-      <c r="H20" s="140">
+      <c r="H20" s="180">
         <v>-3.0000000000000001E-5</v>
       </c>
-      <c r="I20" s="140"/>
-[...4 lines deleted...]
-      <c r="N20" s="125">
+      <c r="I20" s="180"/>
+      <c r="J20" s="94"/>
+      <c r="K20" s="180"/>
+      <c r="L20" s="180"/>
+      <c r="M20" s="180"/>
+      <c r="N20" s="89">
         <v>825.73907508000002</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A21" s="33">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="186">
         <v>30</v>
       </c>
-      <c r="B21" s="126" t="s">
+      <c r="B21" s="188" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="127"/>
-      <c r="D21" s="122">
+      <c r="C21" s="189"/>
+      <c r="D21" s="175">
         <v>31.497973559999998</v>
       </c>
-      <c r="E21" s="122">
+      <c r="E21" s="175">
         <v>271.15800861000002</v>
       </c>
-      <c r="F21" s="122">
+      <c r="F21" s="175">
         <v>257.71956368999997</v>
       </c>
-      <c r="G21" s="122">
+      <c r="G21" s="175">
         <v>46.922811080000002</v>
       </c>
-      <c r="H21" s="122"/>
-[...5 lines deleted...]
-      <c r="N21" s="125">
+      <c r="H21" s="175"/>
+      <c r="I21" s="175"/>
+      <c r="J21" s="90"/>
+      <c r="K21" s="175"/>
+      <c r="L21" s="175"/>
+      <c r="M21" s="175"/>
+      <c r="N21" s="89">
         <v>607.29835693999996</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A22" s="33">
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A22" s="186">
         <v>31</v>
       </c>
-      <c r="B22" s="126" t="s">
+      <c r="B22" s="188" t="s">
         <v>39</v>
       </c>
-      <c r="C22" s="127"/>
-      <c r="D22" s="127">
+      <c r="C22" s="189"/>
+      <c r="D22" s="189">
         <v>2.6</v>
       </c>
-      <c r="E22" s="122">
+      <c r="E22" s="175">
         <v>7.8927676500000006</v>
       </c>
-      <c r="F22" s="122">
+      <c r="F22" s="175">
         <v>9.2918238100000003</v>
       </c>
-      <c r="G22" s="128"/>
-[...6 lines deleted...]
-      <c r="N22" s="125">
+      <c r="G22" s="181"/>
+      <c r="H22" s="175"/>
+      <c r="I22" s="175"/>
+      <c r="J22" s="90"/>
+      <c r="K22" s="175"/>
+      <c r="L22" s="175"/>
+      <c r="M22" s="175"/>
+      <c r="N22" s="89">
         <v>19.784591460000001</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A23" s="33">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="186">
         <v>32</v>
       </c>
-      <c r="B23" s="126" t="s">
+      <c r="B23" s="188" t="s">
         <v>40</v>
       </c>
-      <c r="C23" s="127"/>
-      <c r="D23" s="122">
+      <c r="C23" s="189"/>
+      <c r="D23" s="175">
         <v>134.529</v>
       </c>
-      <c r="E23" s="122">
+      <c r="E23" s="175">
         <v>130.38721670999999</v>
       </c>
-      <c r="F23" s="122">
+      <c r="F23" s="175">
         <v>11.667912430000001</v>
       </c>
-      <c r="G23" s="122">
+      <c r="G23" s="175">
         <v>-0.21799559999999998</v>
       </c>
-      <c r="H23" s="129">
+      <c r="H23" s="176">
         <v>-0.23894244000000003</v>
       </c>
-      <c r="I23" s="144"/>
-[...12 lines deleted...]
-      <c r="A24" s="33">
+      <c r="I23" s="195"/>
+      <c r="J23" s="90"/>
+      <c r="K23" s="176">
+        <v>-0.3</v>
+      </c>
+      <c r="L23" s="176">
+        <v>-0.36891801000000002</v>
+      </c>
+      <c r="M23" s="176"/>
+      <c r="N23" s="89">
+        <v>275.75827308999993</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A24" s="186">
         <v>33</v>
       </c>
-      <c r="B24" s="126" t="s">
+      <c r="B24" s="188" t="s">
         <v>41</v>
       </c>
-      <c r="C24" s="127"/>
-      <c r="D24" s="127">
+      <c r="C24" s="189"/>
+      <c r="D24" s="189">
         <v>7.83535</v>
       </c>
-      <c r="E24" s="122">
+      <c r="E24" s="175">
         <v>2.9390000000000001</v>
       </c>
-      <c r="F24" s="122"/>
-[...7 lines deleted...]
-      <c r="N24" s="125">
+      <c r="F24" s="175"/>
+      <c r="G24" s="181"/>
+      <c r="H24" s="175"/>
+      <c r="I24" s="175"/>
+      <c r="J24" s="90"/>
+      <c r="K24" s="175"/>
+      <c r="L24" s="175"/>
+      <c r="M24" s="175"/>
+      <c r="N24" s="89">
         <v>10.77435</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A25" s="33">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" s="186">
         <v>34</v>
       </c>
-      <c r="B25" s="126" t="s">
+      <c r="B25" s="188" t="s">
         <v>42</v>
       </c>
-      <c r="C25" s="127"/>
-      <c r="D25" s="122">
+      <c r="C25" s="189"/>
+      <c r="D25" s="175">
         <v>93.015200000000007</v>
       </c>
-      <c r="E25" s="122">
+      <c r="E25" s="175">
         <v>2.2749999999999999E-2</v>
       </c>
-      <c r="F25" s="122">
+      <c r="F25" s="175">
         <v>2.1922669999999998E-2</v>
       </c>
-      <c r="G25" s="122">
+      <c r="G25" s="175">
         <v>3.9E-2</v>
       </c>
-      <c r="H25" s="122">
+      <c r="H25" s="175">
         <v>3.5000000000000003E-2</v>
       </c>
-      <c r="I25" s="122"/>
-      <c r="J25" s="123">
+      <c r="I25" s="175"/>
+      <c r="J25" s="88">
         <v>3.1E-2</v>
       </c>
-      <c r="K25" s="124"/>
-[...7 lines deleted...]
-      <c r="A26" s="33">
+      <c r="K25" s="175">
+        <v>3.1E-2</v>
+      </c>
+      <c r="L25" s="175">
+        <v>3.1E-2</v>
+      </c>
+      <c r="M25" s="175"/>
+      <c r="N25" s="89">
+        <v>93.164872670000008</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A26" s="186">
         <v>40</v>
       </c>
-      <c r="B26" s="126" t="s">
+      <c r="B26" s="188" t="s">
         <v>43</v>
       </c>
-      <c r="C26" s="127"/>
-      <c r="D26" s="122">
+      <c r="C26" s="189"/>
+      <c r="D26" s="175">
         <v>1291.9567258700001</v>
       </c>
-      <c r="E26" s="122">
+      <c r="E26" s="175">
         <v>1226.2993252599999</v>
       </c>
-      <c r="F26" s="122">
+      <c r="F26" s="175">
         <v>179.15621422999999</v>
       </c>
-      <c r="G26" s="122">
+      <c r="G26" s="175">
         <v>-10.399493970000002</v>
       </c>
-      <c r="H26" s="129">
+      <c r="H26" s="176">
         <v>-14.664898859999999</v>
       </c>
-      <c r="I26" s="122"/>
-[...13 lines deleted...]
-      <c r="A27" s="33">
+      <c r="I26" s="175"/>
+      <c r="J26" s="90"/>
+      <c r="K26" s="176">
+        <v>-1.019397E-2</v>
+      </c>
+      <c r="L26" s="176">
+        <v>-1.07670208</v>
+      </c>
+      <c r="M26" s="176"/>
+      <c r="N26" s="89">
+        <v>2671.2711704499998</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A27" s="186">
         <v>41</v>
       </c>
-      <c r="B27" s="126" t="s">
+      <c r="B27" s="188" t="s">
         <v>44</v>
       </c>
-      <c r="C27" s="127"/>
-      <c r="D27" s="127">
+      <c r="C27" s="189"/>
+      <c r="D27" s="189">
         <v>255.04455630999999</v>
       </c>
-      <c r="E27" s="122">
+      <c r="E27" s="175">
         <v>135</v>
       </c>
-      <c r="F27" s="122">
+      <c r="F27" s="175">
         <v>47.7</v>
       </c>
-      <c r="G27" s="128"/>
-[...6 lines deleted...]
-      <c r="N27" s="125">
+      <c r="G27" s="181"/>
+      <c r="H27" s="181"/>
+      <c r="I27" s="175"/>
+      <c r="J27" s="90"/>
+      <c r="K27" s="181"/>
+      <c r="L27" s="181"/>
+      <c r="M27" s="175"/>
+      <c r="N27" s="89">
         <v>437.74455630999995</v>
       </c>
-      <c r="O27" s="131"/>
-[...3 lines deleted...]
-      <c r="A28" s="33">
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A28" s="186">
         <v>42</v>
       </c>
-      <c r="B28" s="126" t="s">
+      <c r="B28" s="188" t="s">
         <v>45</v>
       </c>
-      <c r="C28" s="127"/>
-      <c r="D28" s="127">
+      <c r="C28" s="189"/>
+      <c r="D28" s="189">
         <v>155.17972616</v>
       </c>
-      <c r="E28" s="122">
+      <c r="E28" s="175">
         <v>272.02638313</v>
       </c>
-      <c r="F28" s="122">
+      <c r="F28" s="175">
         <v>34.090555950000009</v>
       </c>
-      <c r="G28" s="128"/>
-[...13 lines deleted...]
-      <c r="A29" s="33">
+      <c r="G28" s="181"/>
+      <c r="H28" s="175"/>
+      <c r="I28" s="175"/>
+      <c r="J28" s="90"/>
+      <c r="K28" s="175"/>
+      <c r="L28" s="175">
+        <v>-0.78659674999999996</v>
+      </c>
+      <c r="M28" s="175"/>
+      <c r="N28" s="89">
+        <v>460.51006848999998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A29" s="186">
         <v>44</v>
       </c>
-      <c r="B29" s="126" t="s">
+      <c r="B29" s="188" t="s">
         <v>46</v>
       </c>
-      <c r="C29" s="127"/>
-      <c r="D29" s="127">
+      <c r="C29" s="189"/>
+      <c r="D29" s="189">
         <v>260.70256946000001</v>
       </c>
-      <c r="E29" s="122">
+      <c r="E29" s="175">
         <v>561.08435731999998</v>
       </c>
-      <c r="F29" s="122">
+      <c r="F29" s="175">
         <v>985.10084082000003</v>
       </c>
-      <c r="G29" s="122">
+      <c r="G29" s="175">
         <v>-38.026643749999998</v>
       </c>
-      <c r="H29" s="122">
+      <c r="H29" s="175">
         <v>1.0162810900000001</v>
       </c>
-      <c r="I29" s="122"/>
-      <c r="J29" s="123">
+      <c r="I29" s="175"/>
+      <c r="J29" s="88">
         <v>2.58</v>
       </c>
-      <c r="K29" s="124">
-[...11 lines deleted...]
-      <c r="A30" s="101">
+      <c r="K29" s="175"/>
+      <c r="L29" s="175">
+        <v>2.5611106800000001</v>
+      </c>
+      <c r="M29" s="175"/>
+      <c r="N29" s="89">
+        <v>1772.4385156199999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A30" s="190">
         <v>45</v>
       </c>
-      <c r="B30" s="102" t="s">
+      <c r="B30" s="191" t="s">
         <v>47</v>
       </c>
-      <c r="C30" s="127"/>
-      <c r="D30" s="103">
+      <c r="C30" s="189"/>
+      <c r="D30" s="177">
         <v>4241.5394980299998</v>
       </c>
-      <c r="E30" s="103">
+      <c r="E30" s="177">
         <v>7700.7037866299997</v>
       </c>
-      <c r="F30" s="103">
+      <c r="F30" s="177">
         <v>3343.6935902500004</v>
       </c>
-      <c r="G30" s="103">
+      <c r="G30" s="177">
         <v>251.72436970000001</v>
       </c>
-      <c r="H30" s="103">
+      <c r="H30" s="177">
         <v>327.77939873999992</v>
       </c>
-      <c r="I30" s="122"/>
-      <c r="J30" s="135">
+      <c r="I30" s="175"/>
+      <c r="J30" s="92">
         <v>192.15200000000002</v>
       </c>
-      <c r="K30" s="136">
-[...12 lines deleted...]
-      <c r="B31" s="105" t="s">
+      <c r="K30" s="177">
+        <v>23.8738049</v>
+      </c>
+      <c r="L30" s="177">
+        <v>-9.6105332900000349</v>
+      </c>
+      <c r="M30" s="175"/>
+      <c r="N30" s="78">
+        <v>15855.830110059998</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A31" s="186"/>
+      <c r="B31" s="193" t="s">
+        <v>85</v>
+      </c>
+      <c r="C31" s="194"/>
+      <c r="D31" s="178">
+        <v>4241.5394980299998</v>
+      </c>
+      <c r="E31" s="178">
+        <v>7700.7037866299997</v>
+      </c>
+      <c r="F31" s="178">
+        <v>3343.6935902500004</v>
+      </c>
+      <c r="G31" s="178">
+        <v>251.72436970000001</v>
+      </c>
+      <c r="H31" s="178">
+        <v>284.54322441999994</v>
+      </c>
+      <c r="I31" s="178"/>
+      <c r="J31" s="93">
+        <v>21.339999999999996</v>
+      </c>
+      <c r="K31" s="178">
+        <v>23.447389959999999</v>
+      </c>
+      <c r="L31" s="178">
+        <v>-87.314223170000034</v>
+      </c>
+      <c r="M31" s="178"/>
+      <c r="N31" s="79">
+        <v>15734.890245859999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A32" s="186"/>
+      <c r="B32" s="193" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" s="194"/>
+      <c r="D32" s="194"/>
+      <c r="E32" s="178"/>
+      <c r="F32" s="178"/>
+      <c r="G32" s="178"/>
+      <c r="H32" s="178">
+        <v>42.840453439999997</v>
+      </c>
+      <c r="I32" s="178"/>
+      <c r="J32" s="93">
+        <v>118.4</v>
+      </c>
+      <c r="K32" s="178">
+        <v>0.31685758000000003</v>
+      </c>
+      <c r="L32" s="178">
+        <v>58.43090428</v>
+      </c>
+      <c r="M32" s="178"/>
+      <c r="N32" s="79">
+        <v>101.27135772</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A33" s="186"/>
+      <c r="B33" s="193" t="s">
         <v>87</v>
       </c>
-      <c r="C31" s="107"/>
-[...68 lines deleted...]
-      <c r="H33" s="138">
+      <c r="C33" s="194"/>
+      <c r="D33" s="194"/>
+      <c r="E33" s="178"/>
+      <c r="F33" s="178"/>
+      <c r="G33" s="178"/>
+      <c r="H33" s="178">
         <v>0.39572088</v>
       </c>
-      <c r="I33" s="34"/>
-      <c r="J33" s="137">
+      <c r="I33" s="178"/>
+      <c r="J33" s="93">
         <v>52.411999999999999</v>
       </c>
-      <c r="K33" s="138"/>
-[...5 lines deleted...]
-        <v>19.558949120000001</v>
+      <c r="K33" s="178">
+        <v>0.10955736000000001</v>
+      </c>
+      <c r="L33" s="178">
+        <v>19.272785599999999</v>
+      </c>
+      <c r="M33" s="178"/>
+      <c r="N33" s="79">
+        <v>19.668506479999998</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A34" s="35" t="s">
+      <c r="A34" s="196" t="s">
         <v>6</v>
       </c>
-      <c r="B34" s="35"/>
-[...1 lines deleted...]
-      <c r="D34" s="36">
+      <c r="B34" s="196"/>
+      <c r="C34" s="196"/>
+      <c r="D34" s="182">
         <v>8470.4779375300004</v>
       </c>
-      <c r="E34" s="36">
+      <c r="E34" s="182">
         <v>15089.550794070001</v>
       </c>
-      <c r="F34" s="36">
+      <c r="F34" s="182">
         <v>9272.1074396500007</v>
       </c>
-      <c r="G34" s="36">
+      <c r="G34" s="182">
         <v>2576.98169121</v>
       </c>
-      <c r="H34" s="36">
+      <c r="H34" s="182">
         <v>579.43909671999995</v>
       </c>
-      <c r="I34" s="36"/>
-      <c r="J34" s="146">
+      <c r="I34" s="182"/>
+      <c r="J34" s="96">
         <v>338.49</v>
       </c>
-      <c r="K34" s="147">
-[...7 lines deleted...]
-        <v>36000.882869740009</v>
+      <c r="K34" s="182">
+        <v>60.056938130000006</v>
+      </c>
+      <c r="L34" s="182">
+        <v>77.568450049999967</v>
+      </c>
+      <c r="M34" s="182"/>
+      <c r="N34" s="31">
+        <v>36066.125409230008</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:B4"/>
     <mergeCell ref="D3:H3"/>
     <mergeCell ref="J3:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="59" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB22"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="2.140625" style="41" customWidth="1"/>
-[...21 lines deleted...]
-    <col min="24" max="16384" width="11.42578125" style="41"/>
+    <col min="1" max="2" width="2.140625" style="35" customWidth="1"/>
+    <col min="3" max="3" width="23.5703125" style="35" customWidth="1"/>
+    <col min="4" max="4" width="1.42578125" style="35" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" style="35" customWidth="1"/>
+    <col min="6" max="6" width="1.42578125" style="35" customWidth="1"/>
+    <col min="7" max="7" width="9.28515625" style="35" customWidth="1"/>
+    <col min="8" max="8" width="1.42578125" style="35" customWidth="1"/>
+    <col min="9" max="9" width="9.28515625" style="35" customWidth="1"/>
+    <col min="10" max="10" width="1.42578125" style="35" customWidth="1"/>
+    <col min="11" max="11" width="9.28515625" style="35" customWidth="1"/>
+    <col min="12" max="12" width="1.42578125" style="35" customWidth="1"/>
+    <col min="13" max="13" width="9.28515625" style="35" customWidth="1"/>
+    <col min="14" max="14" width="1.42578125" style="35" customWidth="1"/>
+    <col min="15" max="15" width="9.28515625" style="35" customWidth="1"/>
+    <col min="16" max="16" width="1.42578125" style="35" customWidth="1"/>
+    <col min="17" max="17" width="9.28515625" style="35" customWidth="1"/>
+    <col min="18" max="18" width="1.42578125" style="35" customWidth="1"/>
+    <col min="19" max="19" width="9.28515625" style="35" customWidth="1"/>
+    <col min="20" max="20" width="1.42578125" style="35" customWidth="1"/>
+    <col min="21" max="21" width="9.28515625" style="35" customWidth="1"/>
+    <col min="22" max="22" width="1.42578125" style="35" customWidth="1"/>
+    <col min="23" max="23" width="9.28515625" style="35" customWidth="1"/>
+    <col min="24" max="16384" width="11.42578125" style="35"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="185" t="s">
+      <c r="A1" s="168" t="s">
         <v>49</v>
       </c>
-      <c r="B1" s="185"/>
-[...2 lines deleted...]
-      <c r="E1" s="39" t="s">
+      <c r="B1" s="168"/>
+      <c r="C1" s="168"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="33" t="s">
         <v>50</v>
       </c>
-      <c r="F1" s="39"/>
-      <c r="G1" s="39" t="s">
+      <c r="F1" s="33"/>
+      <c r="G1" s="33" t="s">
         <v>51</v>
       </c>
-      <c r="H1" s="39"/>
-      <c r="I1" s="39" t="s">
+      <c r="H1" s="33"/>
+      <c r="I1" s="33" t="s">
         <v>52</v>
       </c>
-      <c r="J1" s="39"/>
-      <c r="K1" s="39" t="s">
+      <c r="J1" s="33"/>
+      <c r="K1" s="33" t="s">
         <v>53</v>
       </c>
-      <c r="L1" s="39"/>
-      <c r="M1" s="39" t="s">
+      <c r="L1" s="33"/>
+      <c r="M1" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="N1" s="39"/>
-      <c r="O1" s="39" t="s">
+      <c r="N1" s="33"/>
+      <c r="O1" s="33" t="s">
         <v>55</v>
       </c>
-      <c r="P1" s="39"/>
-      <c r="Q1" s="39" t="s">
+      <c r="P1" s="33"/>
+      <c r="Q1" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="R1" s="39"/>
-      <c r="S1" s="39" t="s">
+      <c r="R1" s="33"/>
+      <c r="S1" s="33" t="s">
         <v>57</v>
       </c>
-      <c r="T1" s="39"/>
-      <c r="U1" s="39" t="s">
+      <c r="T1" s="33"/>
+      <c r="U1" s="33" t="s">
         <v>58</v>
       </c>
-      <c r="V1" s="39"/>
-      <c r="W1" s="40" t="s">
+      <c r="V1" s="33"/>
+      <c r="W1" s="34" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A2" s="42" t="s">
+      <c r="A2" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="B2" s="42"/>
-[...23 lines deleted...]
-      <c r="Z2" s="45"/>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="37"/>
+      <c r="H2" s="37"/>
+      <c r="I2" s="37"/>
+      <c r="J2" s="37"/>
+      <c r="K2" s="37"/>
+      <c r="L2" s="37"/>
+      <c r="M2" s="37"/>
+      <c r="N2" s="37"/>
+      <c r="O2" s="37"/>
+      <c r="P2" s="37"/>
+      <c r="Q2" s="37"/>
+      <c r="R2" s="37"/>
+      <c r="S2" s="37"/>
+      <c r="T2" s="37"/>
+      <c r="U2" s="37"/>
+      <c r="V2" s="37"/>
+      <c r="W2" s="38"/>
+      <c r="X2" s="39"/>
+      <c r="Y2" s="39"/>
+      <c r="Z2" s="39"/>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A3" s="46"/>
-      <c r="B3" s="47" t="s">
+      <c r="A3" s="40"/>
+      <c r="B3" s="41" t="s">
         <v>61</v>
       </c>
-      <c r="C3" s="48"/>
-[...1 lines deleted...]
-      <c r="E3" s="49">
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="43">
         <v>148729</v>
       </c>
-      <c r="F3" s="50"/>
-      <c r="G3" s="49">
+      <c r="F3" s="44"/>
+      <c r="G3" s="43">
         <v>144521</v>
       </c>
-      <c r="H3" s="50"/>
-      <c r="I3" s="49">
+      <c r="H3" s="44"/>
+      <c r="I3" s="43">
         <v>110514</v>
       </c>
-      <c r="J3" s="50"/>
-      <c r="K3" s="49">
+      <c r="J3" s="44"/>
+      <c r="K3" s="43">
         <v>105816</v>
       </c>
-      <c r="L3" s="50"/>
-      <c r="M3" s="49">
+      <c r="L3" s="44"/>
+      <c r="M3" s="43">
         <v>3325</v>
       </c>
-      <c r="N3" s="49"/>
-      <c r="O3" s="49">
+      <c r="N3" s="43"/>
+      <c r="O3" s="43">
         <v>807133</v>
       </c>
-      <c r="P3" s="50"/>
-      <c r="Q3" s="49">
+      <c r="P3" s="44"/>
+      <c r="Q3" s="43">
         <v>4206</v>
       </c>
-      <c r="R3" s="50"/>
-      <c r="S3" s="49">
+      <c r="R3" s="44"/>
+      <c r="S3" s="43">
         <v>9551</v>
       </c>
-      <c r="T3" s="50"/>
-      <c r="U3" s="49">
+      <c r="T3" s="44"/>
+      <c r="U3" s="43">
         <v>4618</v>
       </c>
-      <c r="V3" s="49"/>
-      <c r="W3" s="51">
+      <c r="V3" s="43"/>
+      <c r="W3" s="45">
         <v>1338413</v>
       </c>
     </row>
     <row r="4" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A4" s="46"/>
-      <c r="B4" s="47" t="s">
+      <c r="A4" s="40"/>
+      <c r="B4" s="41" t="s">
         <v>62</v>
       </c>
-      <c r="C4" s="52"/>
-[...1 lines deleted...]
-      <c r="E4" s="54">
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="48">
         <v>148725</v>
       </c>
-      <c r="F4" s="50"/>
-      <c r="G4" s="54">
+      <c r="F4" s="44"/>
+      <c r="G4" s="48">
         <v>144367</v>
       </c>
-      <c r="H4" s="50"/>
-      <c r="I4" s="54">
+      <c r="H4" s="44"/>
+      <c r="I4" s="48">
         <v>110511</v>
       </c>
-      <c r="J4" s="50"/>
-      <c r="K4" s="54">
+      <c r="J4" s="44"/>
+      <c r="K4" s="48">
         <v>105814</v>
       </c>
-      <c r="L4" s="50"/>
-      <c r="M4" s="54">
+      <c r="L4" s="44"/>
+      <c r="M4" s="48">
         <v>3324</v>
       </c>
-      <c r="N4" s="50"/>
-      <c r="O4" s="49">
+      <c r="N4" s="44"/>
+      <c r="O4" s="43">
         <v>806956</v>
       </c>
-      <c r="P4" s="50"/>
-      <c r="Q4" s="54">
+      <c r="P4" s="44"/>
+      <c r="Q4" s="48">
         <v>4154</v>
       </c>
-      <c r="R4" s="50"/>
-      <c r="S4" s="54">
+      <c r="R4" s="44"/>
+      <c r="S4" s="48">
         <v>9429</v>
       </c>
-      <c r="T4" s="50"/>
-      <c r="U4" s="49">
+      <c r="T4" s="44"/>
+      <c r="U4" s="43">
         <v>4488</v>
       </c>
-      <c r="V4" s="49"/>
-      <c r="W4" s="51">
+      <c r="V4" s="43"/>
+      <c r="W4" s="45">
         <v>1337768</v>
       </c>
     </row>
     <row r="5" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A5" s="46"/>
-[...1 lines deleted...]
-      <c r="C5" s="52" t="s">
+      <c r="A5" s="40"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="46" t="s">
         <v>63</v>
       </c>
-      <c r="D5" s="52"/>
-      <c r="E5" s="55">
+      <c r="D5" s="46"/>
+      <c r="E5" s="49">
         <v>0.99997310544681939</v>
       </c>
-      <c r="F5" s="55"/>
-      <c r="G5" s="55">
+      <c r="F5" s="49"/>
+      <c r="G5" s="49">
         <v>0.99893441091606061</v>
       </c>
-      <c r="H5" s="55"/>
-      <c r="I5" s="55">
+      <c r="H5" s="49"/>
+      <c r="I5" s="49">
         <v>0.99997285411803027</v>
       </c>
-      <c r="J5" s="55"/>
-      <c r="K5" s="55">
+      <c r="J5" s="49"/>
+      <c r="K5" s="49">
         <v>0.99998109926665157</v>
       </c>
-      <c r="L5" s="55"/>
-      <c r="M5" s="55">
+      <c r="L5" s="49"/>
+      <c r="M5" s="49">
         <v>0.99969924812030075</v>
       </c>
-      <c r="N5" s="55"/>
-      <c r="O5" s="55">
+      <c r="N5" s="49"/>
+      <c r="O5" s="49">
         <v>0.99978070528648932</v>
       </c>
-      <c r="P5" s="55"/>
-      <c r="Q5" s="55">
+      <c r="P5" s="49"/>
+      <c r="Q5" s="49">
         <v>0.98763670946267235</v>
       </c>
-      <c r="R5" s="55"/>
-      <c r="S5" s="55">
+      <c r="R5" s="49"/>
+      <c r="S5" s="49">
         <v>0.98722646843262485</v>
       </c>
-      <c r="T5" s="55"/>
-      <c r="U5" s="55">
+      <c r="T5" s="49"/>
+      <c r="U5" s="49">
         <v>0.9718492854049372</v>
       </c>
-      <c r="V5" s="55"/>
-      <c r="W5" s="56">
+      <c r="V5" s="49"/>
+      <c r="W5" s="50">
         <v>0.99951808597196834</v>
       </c>
     </row>
     <row r="6" spans="1:28" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="57"/>
-[...21 lines deleted...]
-      <c r="W6" s="59"/>
+      <c r="A6" s="51"/>
+      <c r="B6" s="51"/>
+      <c r="C6" s="51"/>
+      <c r="D6" s="51"/>
+      <c r="E6" s="51"/>
+      <c r="F6" s="51"/>
+      <c r="G6" s="52"/>
+      <c r="H6" s="52"/>
+      <c r="I6" s="52"/>
+      <c r="J6" s="52"/>
+      <c r="K6" s="52"/>
+      <c r="L6" s="52"/>
+      <c r="M6" s="52"/>
+      <c r="N6" s="52"/>
+      <c r="O6" s="52"/>
+      <c r="P6" s="52"/>
+      <c r="Q6" s="52"/>
+      <c r="R6" s="52"/>
+      <c r="S6" s="52"/>
+      <c r="T6" s="52"/>
+      <c r="U6" s="52"/>
+      <c r="V6" s="52"/>
+      <c r="W6" s="53"/>
     </row>
     <row r="7" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A7" s="60" t="s">
+      <c r="A7" s="54" t="s">
         <v>64</v>
       </c>
-      <c r="B7" s="60"/>
-[...20 lines deleted...]
-      <c r="W7" s="62"/>
+      <c r="B7" s="54"/>
+      <c r="C7" s="54"/>
+      <c r="D7" s="54"/>
+      <c r="E7" s="54"/>
+      <c r="F7" s="54"/>
+      <c r="G7" s="55"/>
+      <c r="H7" s="55"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="55"/>
+      <c r="K7" s="55"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="55"/>
+      <c r="N7" s="55"/>
+      <c r="O7" s="55"/>
+      <c r="P7" s="55"/>
+      <c r="Q7" s="55"/>
+      <c r="R7" s="55"/>
+      <c r="S7" s="55"/>
+      <c r="T7" s="55"/>
+      <c r="U7" s="55"/>
+      <c r="V7" s="55"/>
+      <c r="W7" s="56"/>
     </row>
     <row r="8" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A8" s="46"/>
-      <c r="B8" s="47" t="s">
+      <c r="A8" s="40"/>
+      <c r="B8" s="41" t="s">
         <v>65</v>
       </c>
-      <c r="C8" s="48"/>
-[...1 lines deleted...]
-      <c r="E8" s="49">
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="43">
         <v>129608</v>
       </c>
-      <c r="F8" s="50"/>
-      <c r="G8" s="49">
+      <c r="F8" s="44"/>
+      <c r="G8" s="43">
         <v>130360</v>
       </c>
-      <c r="H8" s="50"/>
-      <c r="I8" s="49">
+      <c r="H8" s="44"/>
+      <c r="I8" s="43">
         <v>109616</v>
       </c>
-      <c r="J8" s="50"/>
-      <c r="K8" s="49">
+      <c r="J8" s="44"/>
+      <c r="K8" s="43">
         <v>105596</v>
       </c>
-      <c r="L8" s="50"/>
-      <c r="M8" s="49">
+      <c r="L8" s="44"/>
+      <c r="M8" s="43">
         <v>3325</v>
       </c>
-      <c r="N8" s="50"/>
-      <c r="O8" s="49">
+      <c r="N8" s="44"/>
+      <c r="O8" s="43">
         <v>171733</v>
       </c>
-      <c r="P8" s="50"/>
-      <c r="Q8" s="49">
+      <c r="P8" s="44"/>
+      <c r="Q8" s="43">
         <v>3470</v>
       </c>
-      <c r="R8" s="50"/>
-      <c r="S8" s="49">
+      <c r="R8" s="44"/>
+      <c r="S8" s="43">
         <v>9416</v>
       </c>
-      <c r="T8" s="50"/>
-      <c r="U8" s="49">
+      <c r="T8" s="44"/>
+      <c r="U8" s="43">
         <v>4589</v>
       </c>
-      <c r="V8" s="49"/>
-      <c r="W8" s="51">
+      <c r="V8" s="43"/>
+      <c r="W8" s="45">
         <v>667713</v>
       </c>
     </row>
     <row r="9" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A9" s="46"/>
-      <c r="B9" s="47" t="s">
+      <c r="A9" s="40"/>
+      <c r="B9" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="C9" s="48"/>
-[...1 lines deleted...]
-      <c r="E9" s="49">
+      <c r="C9" s="42"/>
+      <c r="D9" s="42"/>
+      <c r="E9" s="43">
         <v>129604</v>
       </c>
-      <c r="F9" s="50"/>
-      <c r="G9" s="49">
+      <c r="F9" s="44"/>
+      <c r="G9" s="43">
         <v>130251</v>
       </c>
-      <c r="H9" s="50"/>
-      <c r="I9" s="49">
+      <c r="H9" s="44"/>
+      <c r="I9" s="43">
         <v>109613</v>
       </c>
-      <c r="J9" s="50"/>
-      <c r="K9" s="49">
+      <c r="J9" s="44"/>
+      <c r="K9" s="43">
         <v>105594</v>
       </c>
-      <c r="L9" s="50"/>
-      <c r="M9" s="49">
+      <c r="L9" s="44"/>
+      <c r="M9" s="43">
         <v>3324</v>
       </c>
-      <c r="N9" s="50"/>
-      <c r="O9" s="49">
+      <c r="N9" s="44"/>
+      <c r="O9" s="43">
         <v>171731</v>
       </c>
-      <c r="P9" s="50"/>
-      <c r="Q9" s="49">
+      <c r="P9" s="44"/>
+      <c r="Q9" s="43">
         <v>3439</v>
       </c>
-      <c r="R9" s="50"/>
-      <c r="S9" s="49">
+      <c r="R9" s="44"/>
+      <c r="S9" s="43">
         <v>9300</v>
       </c>
-      <c r="T9" s="50"/>
-      <c r="U9" s="49">
+      <c r="T9" s="44"/>
+      <c r="U9" s="43">
         <v>4460</v>
       </c>
-      <c r="V9" s="49"/>
-      <c r="W9" s="51">
+      <c r="V9" s="43"/>
+      <c r="W9" s="45">
         <v>667316</v>
       </c>
     </row>
     <row r="10" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A10" s="46"/>
-[...1 lines deleted...]
-      <c r="C10" s="52" t="s">
+      <c r="A10" s="40"/>
+      <c r="B10" s="40"/>
+      <c r="C10" s="46" t="s">
         <v>67</v>
       </c>
-      <c r="D10" s="52"/>
-      <c r="E10" s="55">
+      <c r="D10" s="46"/>
+      <c r="E10" s="49">
         <v>0.99996913770754892</v>
       </c>
-      <c r="F10" s="55"/>
-      <c r="G10" s="55">
+      <c r="F10" s="49"/>
+      <c r="G10" s="49">
         <v>0.99916385394292728</v>
       </c>
-      <c r="H10" s="55"/>
-      <c r="I10" s="55">
+      <c r="H10" s="49"/>
+      <c r="I10" s="49">
         <v>0.99997263173259376</v>
       </c>
-      <c r="J10" s="55"/>
-      <c r="K10" s="55">
+      <c r="J10" s="49"/>
+      <c r="K10" s="49">
         <v>0.99998105988863217</v>
       </c>
-      <c r="L10" s="55"/>
-      <c r="M10" s="55">
+      <c r="L10" s="49"/>
+      <c r="M10" s="49">
         <v>0.99969924812030075</v>
       </c>
-      <c r="N10" s="55"/>
-      <c r="O10" s="55">
+      <c r="N10" s="49"/>
+      <c r="O10" s="49">
         <v>0.99998835401466235</v>
       </c>
-      <c r="P10" s="55"/>
-      <c r="Q10" s="55">
+      <c r="P10" s="49"/>
+      <c r="Q10" s="49">
         <v>0.99106628242074923</v>
       </c>
-      <c r="R10" s="55"/>
-      <c r="S10" s="55">
+      <c r="R10" s="49"/>
+      <c r="S10" s="49">
         <v>0.98768054375531011</v>
       </c>
-      <c r="T10" s="55"/>
-      <c r="U10" s="55">
+      <c r="T10" s="49"/>
+      <c r="U10" s="49">
         <v>0.97188930050119848</v>
       </c>
-      <c r="V10" s="55"/>
-      <c r="W10" s="56">
+      <c r="V10" s="49"/>
+      <c r="W10" s="50">
         <v>0.99940543317263553</v>
       </c>
     </row>
     <row r="11" spans="1:28" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="58"/>
-[...21 lines deleted...]
-      <c r="W11" s="59"/>
+      <c r="A11" s="52"/>
+      <c r="B11" s="52"/>
+      <c r="C11" s="52"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="52"/>
+      <c r="F11" s="52"/>
+      <c r="G11" s="52"/>
+      <c r="H11" s="52"/>
+      <c r="I11" s="52"/>
+      <c r="J11" s="52"/>
+      <c r="K11" s="52"/>
+      <c r="L11" s="52"/>
+      <c r="M11" s="52"/>
+      <c r="N11" s="52"/>
+      <c r="O11" s="52"/>
+      <c r="P11" s="52"/>
+      <c r="Q11" s="52"/>
+      <c r="R11" s="52"/>
+      <c r="S11" s="52"/>
+      <c r="T11" s="52"/>
+      <c r="U11" s="52"/>
+      <c r="V11" s="52"/>
+      <c r="W11" s="53"/>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A12" s="60" t="s">
+      <c r="A12" s="54" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="60"/>
-[...20 lines deleted...]
-      <c r="W12" s="62"/>
+      <c r="B12" s="54"/>
+      <c r="C12" s="54"/>
+      <c r="D12" s="54"/>
+      <c r="E12" s="54"/>
+      <c r="F12" s="54"/>
+      <c r="G12" s="55"/>
+      <c r="H12" s="55"/>
+      <c r="I12" s="55"/>
+      <c r="J12" s="55"/>
+      <c r="K12" s="55"/>
+      <c r="L12" s="55"/>
+      <c r="M12" s="55"/>
+      <c r="N12" s="55"/>
+      <c r="O12" s="55"/>
+      <c r="P12" s="55"/>
+      <c r="Q12" s="55"/>
+      <c r="R12" s="55"/>
+      <c r="S12" s="55"/>
+      <c r="T12" s="55"/>
+      <c r="U12" s="55"/>
+      <c r="V12" s="55"/>
+      <c r="W12" s="56"/>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A13" s="46"/>
-      <c r="B13" s="47" t="s">
+      <c r="A13" s="40"/>
+      <c r="B13" s="41" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="48"/>
-[...1 lines deleted...]
-      <c r="E13" s="63">
+      <c r="C13" s="42"/>
+      <c r="D13" s="42"/>
+      <c r="E13" s="57">
         <v>1498.3758207799999</v>
       </c>
-      <c r="F13" s="64"/>
-      <c r="G13" s="63">
+      <c r="F13" s="58"/>
+      <c r="G13" s="57">
         <v>3411.4579188100001</v>
       </c>
-      <c r="H13" s="64"/>
-      <c r="I13" s="63">
+      <c r="H13" s="58"/>
+      <c r="I13" s="57">
         <v>2264.5329149899999</v>
       </c>
-      <c r="J13" s="64"/>
-      <c r="K13" s="63">
+      <c r="J13" s="58"/>
+      <c r="K13" s="57">
         <v>1022.78466432</v>
       </c>
-      <c r="L13" s="64"/>
-      <c r="M13" s="63">
+      <c r="L13" s="58"/>
+      <c r="M13" s="57">
         <v>121.82617440999999</v>
       </c>
-      <c r="N13" s="64"/>
-      <c r="O13" s="63">
+      <c r="N13" s="58"/>
+      <c r="O13" s="57">
         <v>5258.8718115299998</v>
       </c>
-      <c r="P13" s="64"/>
-      <c r="Q13" s="63">
+      <c r="P13" s="58"/>
+      <c r="Q13" s="57">
         <v>1884.6071996799999</v>
       </c>
-      <c r="R13" s="64"/>
-      <c r="S13" s="63">
+      <c r="R13" s="58"/>
+      <c r="S13" s="57">
         <v>436.16216843000001</v>
       </c>
-      <c r="T13" s="64"/>
-      <c r="U13" s="63">
+      <c r="T13" s="58"/>
+      <c r="U13" s="57">
         <v>218.23081264000001</v>
       </c>
-      <c r="V13" s="63"/>
-      <c r="W13" s="65">
+      <c r="V13" s="57"/>
+      <c r="W13" s="59">
         <v>16116.849485590001</v>
       </c>
-      <c r="X13" s="66"/>
-      <c r="AB13" s="66"/>
+      <c r="X13" s="60"/>
+      <c r="AB13" s="60"/>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A14" s="46"/>
-      <c r="B14" s="47" t="s">
+      <c r="A14" s="40"/>
+      <c r="B14" s="41" t="s">
         <v>70</v>
       </c>
-      <c r="C14" s="48"/>
-[...1 lines deleted...]
-      <c r="E14" s="63">
+      <c r="C14" s="42"/>
+      <c r="D14" s="42"/>
+      <c r="E14" s="57">
         <v>1495.2337586599999</v>
       </c>
-      <c r="F14" s="64"/>
-      <c r="G14" s="63">
+      <c r="F14" s="58"/>
+      <c r="G14" s="57">
         <v>3344.64640551</v>
       </c>
-      <c r="H14" s="64"/>
-      <c r="I14" s="63">
+      <c r="H14" s="58"/>
+      <c r="I14" s="57">
         <v>2263.1417460900002</v>
       </c>
-      <c r="J14" s="64"/>
-      <c r="K14" s="63">
+      <c r="J14" s="58"/>
+      <c r="K14" s="57">
         <v>1022.50513971</v>
       </c>
-      <c r="L14" s="64"/>
-      <c r="M14" s="63">
+      <c r="L14" s="58"/>
+      <c r="M14" s="57">
         <v>121.70285241000001</v>
       </c>
-      <c r="N14" s="64"/>
-      <c r="O14" s="63">
+      <c r="N14" s="58"/>
+      <c r="O14" s="57">
         <v>5248.8761909000004</v>
       </c>
-      <c r="P14" s="64"/>
-      <c r="Q14" s="63">
+      <c r="P14" s="58"/>
+      <c r="Q14" s="57">
         <v>1856.4445662600001</v>
       </c>
-      <c r="R14" s="64"/>
-      <c r="S14" s="63">
+      <c r="R14" s="58"/>
+      <c r="S14" s="57">
         <v>401.94705021999999</v>
       </c>
-      <c r="T14" s="64"/>
-      <c r="U14" s="63">
+      <c r="T14" s="58"/>
+      <c r="U14" s="57">
         <v>185.32804399</v>
       </c>
-      <c r="V14" s="63"/>
-      <c r="W14" s="65">
+      <c r="V14" s="57"/>
+      <c r="W14" s="59">
         <v>15939.825753750001</v>
       </c>
-      <c r="X14" s="66"/>
-      <c r="AB14" s="66"/>
+      <c r="X14" s="60"/>
+      <c r="AB14" s="60"/>
     </row>
     <row r="15" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A15" s="46"/>
-      <c r="B15" s="47" t="s">
+      <c r="A15" s="40"/>
+      <c r="B15" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="C15" s="48"/>
-[...1 lines deleted...]
-      <c r="E15" s="63">
+      <c r="C15" s="42"/>
+      <c r="D15" s="42"/>
+      <c r="E15" s="57">
         <v>1443.1315623</v>
       </c>
-      <c r="F15" s="64"/>
-      <c r="G15" s="63">
+      <c r="F15" s="58"/>
+      <c r="G15" s="57">
         <v>3223.2063410699998</v>
       </c>
-      <c r="H15" s="64"/>
-      <c r="I15" s="63">
+      <c r="H15" s="58"/>
+      <c r="I15" s="57">
         <v>2263.1417460900002</v>
       </c>
-      <c r="J15" s="64"/>
-      <c r="K15" s="63">
+      <c r="J15" s="58"/>
+      <c r="K15" s="57">
         <v>1022.50513971</v>
       </c>
-      <c r="L15" s="64"/>
-      <c r="M15" s="63">
+      <c r="L15" s="58"/>
+      <c r="M15" s="57">
         <v>121.70285241000001</v>
       </c>
-      <c r="N15" s="64"/>
-      <c r="O15" s="63">
+      <c r="N15" s="58"/>
+      <c r="O15" s="57">
         <v>5248.8761909000004</v>
       </c>
-      <c r="P15" s="64"/>
-      <c r="Q15" s="63">
+      <c r="P15" s="58"/>
+      <c r="Q15" s="57">
         <v>1633.45838486</v>
       </c>
-      <c r="R15" s="64"/>
-      <c r="S15" s="63">
+      <c r="R15" s="58"/>
+      <c r="S15" s="57">
         <v>354.49332248000002</v>
       </c>
-      <c r="T15" s="64"/>
-      <c r="U15" s="63">
+      <c r="T15" s="58"/>
+      <c r="U15" s="57">
         <v>139.99715075</v>
       </c>
-      <c r="V15" s="63"/>
-      <c r="W15" s="65">
+      <c r="V15" s="57"/>
+      <c r="W15" s="59">
         <v>15450.51269057</v>
       </c>
-      <c r="X15" s="66"/>
-      <c r="AB15" s="66"/>
+      <c r="X15" s="60"/>
+      <c r="AB15" s="60"/>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A16" s="46"/>
-[...1 lines deleted...]
-      <c r="C16" s="52" t="s">
+      <c r="A16" s="40"/>
+      <c r="B16" s="47"/>
+      <c r="C16" s="46" t="s">
         <v>67</v>
       </c>
-      <c r="D16" s="52"/>
-      <c r="E16" s="55">
+      <c r="D16" s="46"/>
+      <c r="E16" s="49">
         <v>0.96313057264148738</v>
       </c>
-      <c r="F16" s="55"/>
-      <c r="G16" s="55">
+      <c r="F16" s="49"/>
+      <c r="G16" s="49">
         <v>0.94481785142298713</v>
       </c>
-      <c r="H16" s="55"/>
-      <c r="I16" s="55">
+      <c r="H16" s="49"/>
+      <c r="I16" s="49">
         <v>0.9993856707090496</v>
       </c>
-      <c r="J16" s="55"/>
-      <c r="K16" s="55">
+      <c r="J16" s="49"/>
+      <c r="K16" s="49">
         <v>0.99972670238443018</v>
       </c>
-      <c r="L16" s="55"/>
-      <c r="M16" s="55">
+      <c r="L16" s="49"/>
+      <c r="M16" s="49">
         <v>0.99898772164030236</v>
       </c>
-      <c r="N16" s="55"/>
-      <c r="O16" s="55">
+      <c r="N16" s="49"/>
+      <c r="O16" s="49">
         <v>0.99809928422136396</v>
       </c>
-      <c r="P16" s="55"/>
-      <c r="Q16" s="55">
+      <c r="P16" s="49"/>
+      <c r="Q16" s="49">
         <v>0.86673678479916449</v>
       </c>
-      <c r="R16" s="55"/>
-      <c r="S16" s="55">
+      <c r="R16" s="49"/>
+      <c r="S16" s="49">
         <v>0.81275577787048014</v>
       </c>
-      <c r="T16" s="55"/>
-      <c r="U16" s="55">
+      <c r="T16" s="49"/>
+      <c r="U16" s="49">
         <v>0.64150955154505807</v>
       </c>
-      <c r="V16" s="55"/>
-      <c r="W16" s="56">
+      <c r="V16" s="49"/>
+      <c r="W16" s="50">
         <v>0.95865589018401087</v>
       </c>
     </row>
     <row r="17" spans="1:23" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="58"/>
-[...21 lines deleted...]
-      <c r="W17" s="59"/>
+      <c r="A17" s="52"/>
+      <c r="B17" s="52"/>
+      <c r="C17" s="52"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="52"/>
+      <c r="F17" s="52"/>
+      <c r="G17" s="52"/>
+      <c r="H17" s="52"/>
+      <c r="I17" s="52"/>
+      <c r="J17" s="52"/>
+      <c r="K17" s="52"/>
+      <c r="L17" s="52"/>
+      <c r="M17" s="52"/>
+      <c r="N17" s="52"/>
+      <c r="O17" s="52"/>
+      <c r="P17" s="52"/>
+      <c r="Q17" s="52"/>
+      <c r="R17" s="52"/>
+      <c r="S17" s="52"/>
+      <c r="T17" s="52"/>
+      <c r="U17" s="52"/>
+      <c r="V17" s="52"/>
+      <c r="W17" s="53"/>
     </row>
     <row r="18" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="58"/>
-      <c r="B18" s="57" t="s">
+      <c r="A18" s="52"/>
+      <c r="B18" s="51" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="58"/>
-[...1 lines deleted...]
-      <c r="E18" s="63">
+      <c r="C18" s="52"/>
+      <c r="D18" s="52"/>
+      <c r="E18" s="57">
         <v>11134.930729761427</v>
       </c>
-      <c r="F18" s="63"/>
-      <c r="G18" s="63">
+      <c r="F18" s="57"/>
+      <c r="G18" s="57">
         <v>24746.115892162055</v>
       </c>
-      <c r="H18" s="63"/>
-      <c r="I18" s="63">
+      <c r="H18" s="57"/>
+      <c r="I18" s="57">
         <v>20646.654558218463</v>
       </c>
-      <c r="J18" s="63"/>
-      <c r="K18" s="63">
+      <c r="J18" s="57"/>
+      <c r="K18" s="57">
         <v>9683.3640141485321</v>
       </c>
-      <c r="L18" s="63"/>
-      <c r="M18" s="63">
+      <c r="L18" s="57"/>
+      <c r="M18" s="57">
         <v>36613.373167870042</v>
       </c>
-      <c r="N18" s="63"/>
-      <c r="O18" s="63">
+      <c r="N18" s="57"/>
+      <c r="O18" s="57">
         <v>30564.523533316646</v>
       </c>
-      <c r="P18" s="63"/>
-      <c r="Q18" s="63">
+      <c r="P18" s="57"/>
+      <c r="Q18" s="57">
         <v>474980.62950276246</v>
       </c>
-      <c r="R18" s="63"/>
-      <c r="S18" s="63">
+      <c r="R18" s="57"/>
+      <c r="S18" s="57">
         <v>38117.561556989247</v>
       </c>
-      <c r="T18" s="63"/>
-      <c r="U18" s="63">
+      <c r="T18" s="57"/>
+      <c r="U18" s="57">
         <v>31389.495683856501</v>
       </c>
-      <c r="V18" s="63"/>
-      <c r="W18" s="65">
+      <c r="V18" s="57"/>
+      <c r="W18" s="59">
         <v>23153.217801716128</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="67"/>
-      <c r="B19" s="68" t="s">
+      <c r="A19" s="61"/>
+      <c r="B19" s="62" t="s">
         <v>72</v>
       </c>
-      <c r="C19" s="67"/>
-[...1 lines deleted...]
-      <c r="E19" s="69">
+      <c r="C19" s="61"/>
+      <c r="D19" s="61"/>
+      <c r="E19" s="63">
         <v>3713.9</v>
       </c>
-      <c r="F19" s="70"/>
-      <c r="G19" s="69">
+      <c r="F19" s="64"/>
+      <c r="G19" s="63">
         <v>9359.31</v>
       </c>
-      <c r="H19" s="70"/>
-      <c r="I19" s="69">
+      <c r="H19" s="64"/>
+      <c r="I19" s="63">
         <v>3755.54</v>
       </c>
-      <c r="J19" s="70"/>
-      <c r="K19" s="69">
+      <c r="J19" s="64"/>
+      <c r="K19" s="63">
         <v>2300</v>
       </c>
-      <c r="L19" s="70"/>
-      <c r="M19" s="69">
+      <c r="L19" s="64"/>
+      <c r="M19" s="63">
         <v>4308.9799999999996</v>
       </c>
-      <c r="N19" s="70"/>
-      <c r="O19" s="69">
+      <c r="N19" s="64"/>
+      <c r="O19" s="63">
         <v>6998.07</v>
       </c>
-      <c r="P19" s="70"/>
-      <c r="Q19" s="69">
+      <c r="P19" s="64"/>
+      <c r="Q19" s="63">
         <v>69349.5</v>
       </c>
-      <c r="R19" s="70"/>
-      <c r="S19" s="69">
+      <c r="R19" s="64"/>
+      <c r="S19" s="63">
         <v>7786.66</v>
       </c>
-      <c r="T19" s="70"/>
-      <c r="U19" s="69">
+      <c r="T19" s="64"/>
+      <c r="U19" s="63">
         <v>6343.77</v>
       </c>
-      <c r="V19" s="69"/>
-      <c r="W19" s="71" t="s">
+      <c r="V19" s="63"/>
+      <c r="W19" s="65" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:23" x14ac:dyDescent="0.25">
-      <c r="A20" s="57" t="s">
+      <c r="A20" s="51" t="s">
         <v>73</v>
       </c>
-      <c r="B20" s="57"/>
-[...20 lines deleted...]
-      <c r="W20" s="58"/>
+      <c r="B20" s="51"/>
+      <c r="C20" s="51"/>
+      <c r="D20" s="51"/>
+      <c r="E20" s="52"/>
+      <c r="F20" s="52"/>
+      <c r="G20" s="52"/>
+      <c r="H20" s="52"/>
+      <c r="I20" s="52"/>
+      <c r="J20" s="52"/>
+      <c r="K20" s="52"/>
+      <c r="L20" s="52"/>
+      <c r="M20" s="52"/>
+      <c r="N20" s="52"/>
+      <c r="O20" s="52"/>
+      <c r="P20" s="52"/>
+      <c r="Q20" s="52"/>
+      <c r="R20" s="52"/>
+      <c r="S20" s="52"/>
+      <c r="T20" s="52"/>
+      <c r="U20" s="52"/>
+      <c r="V20" s="52"/>
+      <c r="W20" s="52"/>
     </row>
     <row r="22" spans="1:23" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M10"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="74" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14" max="16384" width="11.42578125" style="74"/>
+    <col min="1" max="1" width="2.85546875" style="67" customWidth="1"/>
+    <col min="2" max="2" width="34.28515625" style="67" customWidth="1"/>
+    <col min="3" max="11" width="9.28515625" style="67" customWidth="1"/>
+    <col min="12" max="12" width="1.42578125" style="67" customWidth="1"/>
+    <col min="13" max="13" width="9.28515625" style="67" customWidth="1"/>
+    <col min="14" max="16384" width="11.42578125" style="67"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="185" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="39" t="s">
+      <c r="A1" s="169" t="s">
+        <v>88</v>
+      </c>
+      <c r="B1" s="169"/>
+      <c r="C1" s="127" t="s">
         <v>50</v>
       </c>
-      <c r="D1" s="39" t="s">
+      <c r="D1" s="127" t="s">
         <v>51</v>
       </c>
-      <c r="E1" s="39" t="s">
+      <c r="E1" s="127" t="s">
         <v>52</v>
       </c>
-      <c r="F1" s="39" t="s">
+      <c r="F1" s="127" t="s">
         <v>53</v>
       </c>
-      <c r="G1" s="39" t="s">
+      <c r="G1" s="127" t="s">
         <v>54</v>
       </c>
-      <c r="H1" s="39" t="s">
+      <c r="H1" s="127" t="s">
         <v>55</v>
       </c>
-      <c r="I1" s="39" t="s">
+      <c r="I1" s="127" t="s">
         <v>56</v>
       </c>
-      <c r="J1" s="39" t="s">
+      <c r="J1" s="127" t="s">
         <v>57</v>
       </c>
-      <c r="K1" s="39" t="s">
+      <c r="K1" s="127" t="s">
         <v>58</v>
       </c>
-      <c r="L1" s="72"/>
-      <c r="M1" s="73" t="s">
+      <c r="L1" s="137"/>
+      <c r="M1" s="66" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="75" t="s">
+      <c r="A2" s="128" t="s">
         <v>60</v>
       </c>
-      <c r="B2" s="75"/>
-      <c r="C2" s="76">
+      <c r="B2" s="128"/>
+      <c r="C2" s="129">
+        <v>26</v>
+      </c>
+      <c r="D2" s="129">
+        <v>48</v>
+      </c>
+      <c r="E2" s="129">
+        <v>12</v>
+      </c>
+      <c r="F2" s="129">
         <v>9</v>
       </c>
-      <c r="D2" s="76">
-[...5 lines deleted...]
-      <c r="F2" s="76">
+      <c r="G2" s="129">
+        <v>1</v>
+      </c>
+      <c r="H2" s="129">
+        <v>248</v>
+      </c>
+      <c r="I2" s="129">
+        <v>16</v>
+      </c>
+      <c r="J2" s="129">
+        <v>26</v>
+      </c>
+      <c r="K2" s="129">
+        <v>51</v>
+      </c>
+      <c r="L2" s="129"/>
+      <c r="M2" s="68">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="130"/>
+      <c r="B3" s="131" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" s="132"/>
+      <c r="D3" s="132"/>
+      <c r="E3" s="132"/>
+      <c r="F3" s="132"/>
+      <c r="G3" s="132"/>
+      <c r="H3" s="132"/>
+      <c r="I3" s="132"/>
+      <c r="J3" s="132"/>
+      <c r="K3" s="132">
+        <v>13</v>
+      </c>
+      <c r="L3" s="132"/>
+      <c r="M3" s="69">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="130"/>
+      <c r="B4" s="131" t="s">
+        <v>89</v>
+      </c>
+      <c r="C4" s="132"/>
+      <c r="D4" s="132">
+        <v>21</v>
+      </c>
+      <c r="E4" s="132">
+        <v>1</v>
+      </c>
+      <c r="F4" s="132"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="132">
+        <v>56</v>
+      </c>
+      <c r="I4" s="132">
         <v>6</v>
       </c>
-      <c r="G2" s="76">
-[...8 lines deleted...]
-      <c r="J2" s="76">
+      <c r="J4" s="132">
+        <v>8</v>
+      </c>
+      <c r="K4" s="132">
         <v>5</v>
       </c>
-      <c r="K2" s="76">
-[...29 lines deleted...]
-      <c r="A4" s="81" t="s">
+      <c r="L4" s="132"/>
+      <c r="M4" s="69">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="133" t="s">
         <v>75</v>
       </c>
-      <c r="B4" s="81"/>
-[...12 lines deleted...]
-      <c r="G4" s="82">
+      <c r="B5" s="133"/>
+      <c r="C5" s="134">
+        <v>740</v>
+      </c>
+      <c r="D5" s="134">
+        <v>9503.7999999999993</v>
+      </c>
+      <c r="E5" s="134">
+        <v>612.1</v>
+      </c>
+      <c r="F5" s="134">
+        <v>455.2</v>
+      </c>
+      <c r="G5" s="134">
         <v>34.700000000000003</v>
       </c>
-      <c r="H4" s="82">
-[...38 lines deleted...]
-      <c r="A6" s="186" t="s">
+      <c r="H5" s="134">
+        <v>4152</v>
+      </c>
+      <c r="I5" s="134">
+        <v>24313.1</v>
+      </c>
+      <c r="J5" s="134">
+        <v>7868.7</v>
+      </c>
+      <c r="K5" s="134">
+        <v>9367.4</v>
+      </c>
+      <c r="L5" s="134"/>
+      <c r="M5" s="70">
+        <v>57047</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="135"/>
+      <c r="B6" s="131" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" s="136"/>
+      <c r="D6" s="136"/>
+      <c r="E6" s="136"/>
+      <c r="F6" s="136"/>
+      <c r="G6" s="136"/>
+      <c r="H6" s="136"/>
+      <c r="I6" s="136"/>
+      <c r="J6" s="136"/>
+      <c r="K6" s="136">
+        <v>1670.7</v>
+      </c>
+      <c r="L6" s="136"/>
+      <c r="M6" s="126">
+        <v>1670.7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="135"/>
+      <c r="B7" s="131" t="s">
+        <v>89</v>
+      </c>
+      <c r="C7" s="136"/>
+      <c r="D7" s="136">
+        <v>8062.8</v>
+      </c>
+      <c r="E7" s="136">
+        <v>6.9</v>
+      </c>
+      <c r="F7" s="136"/>
+      <c r="G7" s="136"/>
+      <c r="H7" s="136">
+        <v>3027</v>
+      </c>
+      <c r="I7" s="136">
+        <v>6314.7</v>
+      </c>
+      <c r="J7" s="136">
+        <v>6207.7</v>
+      </c>
+      <c r="K7" s="136">
+        <v>3724.6</v>
+      </c>
+      <c r="L7" s="136"/>
+      <c r="M7" s="126">
+        <v>27343.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="170" t="s">
         <v>84</v>
       </c>
-      <c r="B6" s="186"/>
-[...23 lines deleted...]
-      <c r="M8" s="89"/>
+      <c r="B8" s="170"/>
+      <c r="C8" s="170"/>
+      <c r="D8" s="170"/>
+      <c r="E8" s="170"/>
+      <c r="F8" s="170"/>
+      <c r="G8" s="170"/>
+      <c r="H8" s="170"/>
+      <c r="I8" s="170"/>
+      <c r="J8" s="170"/>
+      <c r="K8" s="170"/>
+      <c r="L8" s="170"/>
+      <c r="M8" s="170"/>
+    </row>
+    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C10" s="71"/>
+      <c r="D10" s="71"/>
+      <c r="E10" s="71"/>
+      <c r="F10" s="71"/>
+      <c r="G10" s="71"/>
+      <c r="H10" s="71"/>
+      <c r="I10" s="71"/>
+      <c r="J10" s="71"/>
+      <c r="K10" s="71"/>
+      <c r="L10" s="71"/>
+      <c r="M10" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
-    <mergeCell ref="A6:M6"/>
+    <mergeCell ref="A8:M8"/>
   </mergeCells>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId1"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>Übersicht 2025</vt:lpstr>
-      <vt:lpstr>COVID-19-Krisenbewältigungsf.</vt:lpstr>
+      <vt:lpstr>COVID-19 Übersicht</vt:lpstr>
+      <vt:lpstr>Krisenbewältigungsf.</vt:lpstr>
       <vt:lpstr>COFAG-Zuschüsse</vt:lpstr>
       <vt:lpstr>COFAG-NoAG</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BMF Infra2019</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bundesministerium für Finanzen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>